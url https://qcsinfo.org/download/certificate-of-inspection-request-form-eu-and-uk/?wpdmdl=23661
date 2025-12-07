--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -14,89 +14,86 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10810" w:type="dxa"/>
+        <w:tblW w:w="10790" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1435"/>
-[...14 lines deleted...]
-        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="2104"/>
+        <w:gridCol w:w="681"/>
+        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="471"/>
+        <w:gridCol w:w="46"/>
+        <w:gridCol w:w="983"/>
+        <w:gridCol w:w="1003"/>
+        <w:gridCol w:w="384"/>
+        <w:gridCol w:w="600"/>
+        <w:gridCol w:w="666"/>
+        <w:gridCol w:w="1759"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64A45" w:rsidRPr="00816912" w14:paraId="2B863E79" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00E64A45" w:rsidRPr="00816912" w14:paraId="2B863E79" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0C507B6D" w14:textId="72A0F624" w:rsidR="00E64A45" w:rsidRDefault="0079728D" w:rsidP="003273FB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -109,97 +106,113 @@
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00115F82">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">(COI) </w:t>
             </w:r>
             <w:r w:rsidR="00257990">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Request Form</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="765B66DE" w14:textId="6148EC2D" w:rsidR="008934B3" w:rsidRPr="008934B3" w:rsidRDefault="008934B3" w:rsidP="00E21D32">
+          <w:p w14:paraId="765B66DE" w14:textId="2E298A3E" w:rsidR="008934B3" w:rsidRPr="008934B3" w:rsidRDefault="008934B3" w:rsidP="00E21D32">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008934B3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for the export of organic products certified in third countries to the </w:t>
             </w:r>
             <w:r w:rsidR="00A26E67">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>European Union</w:t>
             </w:r>
             <w:r w:rsidR="008B0404">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (EU) or United Kingdom (UK)</w:t>
+              <w:t xml:space="preserve"> (EU)</w:t>
+            </w:r>
+            <w:r w:rsidR="00603697">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="008B0404">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> United Kingdom (UK)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E84564" w:rsidRPr="00816912" w14:paraId="5AB29C15" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="00E84564" w:rsidRPr="00816912" w14:paraId="5AB29C15" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
           </w:tcPr>
-          <w:p w14:paraId="77CBA62A" w14:textId="497E66F3" w:rsidR="00ED0CB6" w:rsidRPr="00337886" w:rsidRDefault="00E84564" w:rsidP="00743D62">
+          <w:p w14:paraId="77CBA62A" w14:textId="456C8F9B" w:rsidR="00ED0CB6" w:rsidRPr="00337886" w:rsidRDefault="00E84564" w:rsidP="00743D62">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1591">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:smallCaps/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2384A">
               <w:rPr>
@@ -327,61 +340,61 @@
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">s </w:t>
             </w:r>
             <w:r w:rsidR="00AC3301" w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r w:rsidR="0079728D" w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>the European Union or the United Kingdom</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004E3569" w:rsidRPr="00B2384A">
+              <w:t>the European Union</w:t>
+            </w:r>
+            <w:r w:rsidR="00576657">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>, United Kingdom, or Switzerland.</w:t>
             </w:r>
             <w:r w:rsidR="007265F1" w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F41BD" w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Submit the completed form and corresponding documentation t</w:t>
             </w:r>
             <w:r w:rsidR="00AB5DF3" w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
@@ -437,61 +450,61 @@
             <w:r w:rsidR="00F533C7" w:rsidRPr="00F533C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00337886" w:rsidRPr="00F533C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>nformation highlighted in blue may be updated after COI is issued.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6FE8" w:rsidRPr="00816912" w14:paraId="64FB2482" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="009C6FE8" w:rsidRPr="00816912" w14:paraId="64FB2482" w14:textId="77777777" w:rsidTr="00746324">
         <w:trPr>
-          <w:trHeight w:val="449"/>
+          <w:trHeight w:val="434"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7568" w:type="dxa"/>
+            <w:tcW w:w="8365" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
-          <w:p w14:paraId="58176A1E" w14:textId="2BB00A5A" w:rsidR="009C6FE8" w:rsidRPr="0036370D" w:rsidRDefault="009C6FE8" w:rsidP="000C053E">
+          <w:p w14:paraId="154EE9A7" w14:textId="7A6393DA" w:rsidR="009C6FE8" w:rsidRPr="0036370D" w:rsidRDefault="009C6FE8" w:rsidP="000C053E">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>QCS certified operation name:</w:t>
             </w:r>
             <w:r w:rsidR="00A52EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -577,69 +590,55 @@
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00A52EB2" w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00A52EB2" w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="154EE9A7" w14:textId="77777777" w:rsidR="009C6FE8" w:rsidRPr="0036370D" w:rsidRDefault="009C6FE8" w:rsidP="000C053E">
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3242" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0F665C99" w14:textId="0E56A6B3" w:rsidR="009C6FE8" w:rsidRPr="0036370D" w:rsidRDefault="009C6FE8" w:rsidP="000C053E">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">QCS Entity #: </w:t>
             </w:r>
             <w:r w:rsidR="003E4D76">
@@ -724,58 +723,58 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003E4D76">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003E4D76">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD277F" w:rsidRPr="00816912" w14:paraId="70F3445B" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="00AD277F" w:rsidRPr="00816912" w14:paraId="70F3445B" w14:textId="77777777" w:rsidTr="00A90AF6">
         <w:trPr>
-          <w:trHeight w:val="656"/>
+          <w:trHeight w:val="542"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7568" w:type="dxa"/>
+            <w:tcW w:w="8365" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E8A04BD" w14:textId="4611EE7B" w:rsidR="00AD277F" w:rsidRPr="0036370D" w:rsidRDefault="00AD277F" w:rsidP="000C053E">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
@@ -863,52 +862,52 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007E1047" w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007E1047" w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3242" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54DE586E" w14:textId="2D37FB66" w:rsidR="00AD277F" w:rsidRPr="0036370D" w:rsidRDefault="00AD277F" w:rsidP="000C053E">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
@@ -1006,59 +1005,59 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C74A4B" w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C74A4B" w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C4AB8" w:rsidRPr="003C1DC3" w14:paraId="4115EAEC" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="007C4AB8" w:rsidRPr="003C1DC3" w14:paraId="4115EAEC" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:trHeight w:val="54"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78177437" w14:textId="30F62E06" w:rsidR="007C4AB8" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00655691">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -1366,59 +1365,59 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The invoice</w:t>
             </w:r>
             <w:r w:rsidR="007C4AB8" w:rsidRPr="00E1632E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be based on the selected turnaround time in accordance with QCS’ fee structure. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C4AB8" w:rsidRPr="0036370D" w14:paraId="036E1B11" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="007C4AB8" w:rsidRPr="0036370D" w14:paraId="036E1B11" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="605"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
           </w:tcPr>
           <w:p w14:paraId="58B39007" w14:textId="77777777" w:rsidR="00C76E37" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00655691">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Distribution:</w:t>
             </w:r>
@@ -1487,214 +1486,192 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If additional copies </w:t>
             </w:r>
             <w:r w:rsidR="00C76E37">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>need to be distributed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, please provide details </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> the table below.</w:t>
+              <w:t>, please provide details in the table below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C4AB8" w:rsidRPr="001607B0" w14:paraId="085A1CA2" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="007C4AB8" w:rsidRPr="001607B0" w14:paraId="085A1CA2" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="281"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32111639" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="001607B0" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001607B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Delivery method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2795" w:type="dxa"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="548E4CC6" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="001607B0" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001607B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Company name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2887" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="72242E17" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="001607B0" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001607B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3070" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="71092EED" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="001607B0" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001607B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E-mail or physical address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C4AB8" w:rsidRPr="00655691" w14:paraId="117EB2A8" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="007C4AB8" w:rsidRPr="00655691" w14:paraId="117EB2A8" w14:textId="77777777" w:rsidTr="00E666AA">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="040920F0" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="00315027" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315027">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
@@ -1796,51 +1773,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00315027">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00315027">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Courier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2795" w:type="dxa"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="6D413F7F" w14:textId="6109509C" w:rsidR="007C4AB8" w:rsidRPr="00655691" w:rsidRDefault="003B416F" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -1919,52 +1896,52 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2887" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="7B2DE0B2" w14:textId="17D27B94" w:rsidR="007C4AB8" w:rsidRPr="00655691" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -2031,52 +2008,52 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3070" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2A120CB8" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="00655691" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -2142,59 +2119,58 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C4AB8" w:rsidRPr="00655691" w14:paraId="5B9D6C85" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="007C4AB8" w:rsidRPr="00655691" w14:paraId="5B9D6C85" w14:textId="77777777" w:rsidTr="00E666AA">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44989945" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="00315027" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315027">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
@@ -2296,51 +2272,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00315027">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00315027">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Courier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2795" w:type="dxa"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2D3CB56C" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="00655691" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -2408,52 +2384,52 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2887" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="0D08C369" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="00655691" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -2520,52 +2496,52 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3070" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="243D3816" w14:textId="77777777" w:rsidR="007C4AB8" w:rsidRPr="00655691" w:rsidRDefault="007C4AB8" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -2631,174 +2607,172 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215598" w:rsidRPr="00816912" w14:paraId="482552E0" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="00215598" w:rsidRPr="00816912" w14:paraId="482552E0" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
-          <w:trHeight w:val="350"/>
+          <w:trHeight w:val="281"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="71A7A9AD" w14:textId="052D378B" w:rsidR="00B407A9" w:rsidRPr="00D57640" w:rsidRDefault="00953993" w:rsidP="00215598">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Consignment details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004203F4" w:rsidRPr="00816912" w14:paraId="7FE53400" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="004203F4" w:rsidRPr="00816912" w14:paraId="7FE53400" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="260"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B2756DE" w14:textId="6D14D5BB" w:rsidR="004203F4" w:rsidRPr="0036370D" w:rsidRDefault="004203F4" w:rsidP="00AF5A8D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Destination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8745" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="8686" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
           </w:tcPr>
           <w:p w14:paraId="1A5311F9" w14:textId="113B34B6" w:rsidR="004203F4" w:rsidRPr="00E52551" w:rsidRDefault="004203F4" w:rsidP="00D73AE4">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52551">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Product Categor</w:t>
             </w:r>
             <w:r w:rsidR="00E21D32">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004203F4" w:rsidRPr="00816912" w14:paraId="0841698B" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="004203F4" w:rsidRPr="00816912" w14:paraId="0841698B" w14:textId="77777777" w:rsidTr="00F52500">
         <w:trPr>
-          <w:trHeight w:val="368"/>
+          <w:trHeight w:val="704"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61DDB468" w14:textId="5C453977" w:rsidR="004203F4" w:rsidRPr="00F9232F" w:rsidRDefault="004203F4" w:rsidP="00AF5A8D">
+          <w:p w14:paraId="61DDB468" w14:textId="6B5F4D3E" w:rsidR="004203F4" w:rsidRPr="00F9232F" w:rsidRDefault="004203F4" w:rsidP="00AF5A8D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9232F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2836,67 +2810,77 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F9232F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00F9232F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Union</w:t>
             </w:r>
+            <w:r w:rsidR="00332C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or Switzerland</w:t>
+            </w:r>
             <w:r w:rsidR="00C63D99" w:rsidRPr="0036370D">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8745" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="8686" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6FFC3E33" w14:textId="7DB4340F" w:rsidR="004203F4" w:rsidRPr="00612CC6" w:rsidRDefault="004203F4" w:rsidP="00D73AE4">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612CC6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2931,59 +2915,58 @@
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612CC6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D: Processed agricultural products, including aquaculture products, for use as food</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23F2F" w:rsidRPr="00816912" w14:paraId="39F03AF5" w14:textId="77777777" w:rsidTr="00F26431">
+      <w:tr w:rsidR="00B23F2F" w:rsidRPr="00816912" w14:paraId="39F03AF5" w14:textId="77777777" w:rsidTr="00F52500">
         <w:trPr>
-          <w:trHeight w:val="367"/>
+          <w:trHeight w:val="506"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C6BAB37" w14:textId="630C14CD" w:rsidR="00B23F2F" w:rsidRPr="00F9232F" w:rsidRDefault="00B23F2F" w:rsidP="00AF5A8D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9232F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
@@ -3037,52 +3020,52 @@
             </w:r>
             <w:r w:rsidRPr="00F9232F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F9232F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>United Kingdom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4277" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E2FE618" w14:textId="62F55F7E" w:rsidR="00B23F2F" w:rsidRPr="004A4D71" w:rsidRDefault="00B23F2F" w:rsidP="004A4D71">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4D71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3104,52 +3087,52 @@
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4D71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C: Aquaculture products and seaweeds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4468" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="4412" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75C5A0ED" w14:textId="41C9DF54" w:rsidR="00B23F2F" w:rsidRPr="004A4D71" w:rsidRDefault="00B23F2F" w:rsidP="004A4D71">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4D71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3160,295 +3143,292 @@
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4D71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E: Processed agricultural products for use as feed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="1236DC43" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="1236DC43" w14:textId="77777777" w:rsidTr="00746324">
         <w:trPr>
           <w:trHeight w:val="530"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4589F354" w14:textId="0A1B91E6" w:rsidR="00563966" w:rsidRPr="00B2384A" w:rsidRDefault="00563966" w:rsidP="00F9232F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>CN Code</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5EB8CBD1" w14:textId="77777777" w:rsidR="00563966" w:rsidRPr="00B2384A" w:rsidRDefault="00563966" w:rsidP="00F9232F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Product Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BD23EC7" w14:textId="0919342F" w:rsidR="00563966" w:rsidRPr="00B2384A" w:rsidRDefault="00563966" w:rsidP="00F9232F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5CF0A7FE" w14:textId="2817CC0F" w:rsidR="00563966" w:rsidRPr="00E52551" w:rsidRDefault="00563966" w:rsidP="00061607">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52551">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Product Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
+            <w:tcW w:w="2032" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5848C511" w14:textId="09C7FDA0" w:rsidR="00563966" w:rsidRPr="00B2384A" w:rsidRDefault="00563966" w:rsidP="00061607">
             <w:pPr>
               <w:pStyle w:val="HeaderBase"/>
               <w:keepLines w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Lot number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="76AD777F" w14:textId="1D85DABB" w:rsidR="00563966" w:rsidRPr="00B2384A" w:rsidRDefault="00563966" w:rsidP="00F9232F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Number of Packages in Lot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3198EE74" w14:textId="77777777" w:rsidR="00563966" w:rsidRPr="00B2384A" w:rsidRDefault="00563966" w:rsidP="00F9232F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2384A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Net weight</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3832DC36" w14:textId="3AA85702" w:rsidR="00563966" w:rsidRPr="00B2384A" w:rsidRDefault="00563966" w:rsidP="00F9232F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="01BC05B3" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="01BC05B3" w14:textId="77777777" w:rsidTr="00746324">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26BC46E7" w14:textId="1983D7E5" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -3535,52 +3515,52 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="69FCC8F8" w14:textId="7B530FF2" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -3667,52 +3647,52 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1C5D4E21" w14:textId="4EF30669" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -3799,51 +3779,51 @@
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
+            <w:tcW w:w="2032" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1FF8D62D" w14:textId="063C15DF" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -3931,52 +3911,52 @@
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="759DA4B8" w14:textId="7147AF0C" w:rsidR="00563966" w:rsidRPr="002B1CE4" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -4064,52 +4044,51 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4B9DD9DE" w14:textId="20498AA6" w:rsidR="00563966" w:rsidRPr="002B1CE4" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -4196,59 +4175,58 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="6E40F7D1" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="6E40F7D1" w14:textId="77777777" w:rsidTr="00746324">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43C73D44" w14:textId="3EB2820B" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -4335,52 +4313,52 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="13172BB5" w14:textId="2455C044" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -4467,52 +4445,52 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1F1661AC" w14:textId="17FE490B" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -4599,51 +4577,51 @@
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
+            <w:tcW w:w="2032" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4D862B73" w14:textId="4A1FC029" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -4731,52 +4709,52 @@
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="09938C7A" w14:textId="661358D1" w:rsidR="00563966" w:rsidRPr="002B1CE4" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -4864,52 +4842,51 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2F3DBB23" w14:textId="4058D10E" w:rsidR="00563966" w:rsidRPr="002B1CE4" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -4996,59 +4973,58 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE77DE" w:rsidRPr="00816912" w14:paraId="533F32D9" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00BE77DE" w:rsidRPr="00816912" w14:paraId="533F32D9" w14:textId="77777777" w:rsidTr="00746324">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="212AECDE" w14:textId="287C87E4" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -5135,52 +5111,52 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="06CDCCC8" w14:textId="66DC94F5" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -5267,52 +5243,52 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2035B6C0" w14:textId="6266F898" w:rsidR="00BE77DE" w:rsidRPr="00936C81" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -5399,51 +5375,51 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
+            <w:tcW w:w="2032" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="47B0B007" w14:textId="11755F03" w:rsidR="00BE77DE" w:rsidRPr="00936C81" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5531,52 +5507,52 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="605DD2EF" w14:textId="204DCC0C" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5664,52 +5640,51 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0A72053A" w14:textId="1A57ABC0" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5796,59 +5771,58 @@
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE77DE" w:rsidRPr="00816912" w14:paraId="53CF6EBF" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00BE77DE" w:rsidRPr="00816912" w14:paraId="53CF6EBF" w14:textId="77777777" w:rsidTr="00746324">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A17873C" w14:textId="4C76064D" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -5935,52 +5909,52 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="13ABD527" w14:textId="374B64CE" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -6067,52 +6041,52 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="421CF02A" w14:textId="235BBD2E" w:rsidR="00BE77DE" w:rsidRPr="00936C81" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -6199,51 +6173,51 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
+            <w:tcW w:w="2032" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6B366188" w14:textId="5ECAACA3" w:rsidR="00BE77DE" w:rsidRPr="00936C81" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -6331,52 +6305,52 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="20489C4A" w14:textId="6399B23D" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -6464,52 +6438,51 @@
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1CA07C5B" w14:textId="30649335" w:rsidR="00BE77DE" w:rsidRPr="006E340B" w:rsidRDefault="00BE77DE" w:rsidP="00BE77DE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -6596,59 +6569,58 @@
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A7CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="6644F023" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00563966" w:rsidRPr="00816912" w14:paraId="6644F023" w14:textId="77777777" w:rsidTr="00746324">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D6FFF6A" w14:textId="150EBF37" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -6735,52 +6707,52 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1AC2C6E6" w14:textId="726F3AEB" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -6867,52 +6839,52 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A6D0FBA" w14:textId="1E8426AD" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -6999,51 +6971,51 @@
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
+            <w:tcW w:w="2032" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5CA67453" w14:textId="3F1BCEEB" w:rsidR="00563966" w:rsidRPr="0036370D" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -7131,52 +7103,52 @@
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936C81">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="02A91323" w14:textId="0F4334B4" w:rsidR="00563966" w:rsidRPr="002B1CE4" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -7264,52 +7236,51 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="78C986CA" w14:textId="2A58DC41" w:rsidR="00563966" w:rsidRPr="002B1CE4" w:rsidRDefault="00563966" w:rsidP="00563966">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -7396,205 +7367,260 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003273FB" w:rsidRPr="00816912" w14:paraId="673014BB" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00BE77DE" w:rsidRPr="00816912" w14:paraId="248D43DE" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="344"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2148F68B" w14:textId="261B1C03" w:rsidR="003273FB" w:rsidRPr="006E340B" w:rsidRDefault="003273FB" w:rsidP="003273FB">
+          <w:p w14:paraId="3E74DE9F" w14:textId="5256EFA5" w:rsidR="00BE77DE" w:rsidRPr="00A16915" w:rsidRDefault="00BE77DE" w:rsidP="00F9232F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-                <w:b w:val="0"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E340B">
+            <w:r w:rsidRPr="004340CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total gross weight of consignment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE719D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Specify unit of measurement)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16915">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006E340B">
-[...6 lines deleted...]
-                <w:lang w:val="es-EC"/>
+            <w:r w:rsidRPr="003C1572">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006E340B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006E340B">
+            <w:r w:rsidRPr="00A16915">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A16915">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006E340B">
-[...54 lines deleted...]
-            <w:r w:rsidRPr="006E340B">
+            <w:r w:rsidRPr="00A16915">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16915">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16915">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16915">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16915">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16915">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7C52" w:rsidRPr="00816912" w14:paraId="5EEDDE5E" w14:textId="77777777" w:rsidTr="006C4573">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0726EE71" w14:textId="790E648C" w:rsidR="003273FB" w:rsidRPr="006E340B" w:rsidRDefault="003273FB" w:rsidP="003273FB">
+          <w:p w14:paraId="22A9C370" w14:textId="55D3155B" w:rsidR="002A7C52" w:rsidRPr="00C67675" w:rsidRDefault="002A7C52" w:rsidP="00C862E9">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Container #: </w:t>
+            </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
@@ -7667,331 +7693,389 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7B962483" w14:textId="3834374F" w:rsidR="003273FB" w:rsidRPr="00936C81" w:rsidRDefault="003273FB" w:rsidP="003273FB">
+          <w:p w14:paraId="65BB5662" w14:textId="2ACAF171" w:rsidR="002A7C52" w:rsidRDefault="002A7C52" w:rsidP="00C862E9">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00936C81">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Seal #:</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7622B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00936C81">
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00936C81">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00936C81">
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00936C81">
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00936C81">
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092103F" w:rsidRPr="00816912" w14:paraId="0DB1568A" w14:textId="77777777" w:rsidTr="006C4573">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4A03B006" w14:textId="463AB3A1" w:rsidR="003273FB" w:rsidRPr="00936C81" w:rsidRDefault="003273FB" w:rsidP="003273FB">
+          <w:p w14:paraId="427A1EC7" w14:textId="5473C655" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00936C81">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Container #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00936C81">
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00936C81">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00936C81">
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00936C81">
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00936C81">
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0A84A888" w14:textId="550A10D6" w:rsidR="003273FB" w:rsidRPr="006E340B" w:rsidRDefault="003273FB" w:rsidP="003273FB">
+          <w:p w14:paraId="61FBA337" w14:textId="788C8457" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seal #: </w:t>
+            </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
@@ -8060,71 +8144,97 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092103F" w:rsidRPr="00816912" w14:paraId="77E4DFFC" w14:textId="77777777" w:rsidTr="006C4573">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1E420E6C" w14:textId="7E34CA6A" w:rsidR="003273FB" w:rsidRPr="006E340B" w:rsidRDefault="003273FB" w:rsidP="003273FB">
+          <w:p w14:paraId="4DD5E86F" w14:textId="4E93C145" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Container #: </w:t>
+            </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
@@ -8195,249 +8305,226 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3E74DE9F" w14:textId="5256EFA5" w:rsidR="00BE77DE" w:rsidRPr="00A16915" w:rsidRDefault="00BE77DE" w:rsidP="00F9232F">
+          <w:p w14:paraId="2242CDFB" w14:textId="156A4E6F" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004340CC">
-[...8 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:bCs/>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00A16915">
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seal #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003C1572">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A16915">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A16915">
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A16915">
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00A16915">
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7C52" w:rsidRPr="00816912" w14:paraId="5EEDDE5E" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="0092103F" w:rsidRPr="00816912" w14:paraId="2D647287" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="22A9C370" w14:textId="55D3155B" w:rsidR="002A7C52" w:rsidRPr="00C67675" w:rsidRDefault="002A7C52" w:rsidP="00C862E9">
+          <w:p w14:paraId="57BE532D" w14:textId="5C0F8DF1" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Container #: </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8522,280 +8609,261 @@
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="65BB5662" w14:textId="2ACAF171" w:rsidR="002A7C52" w:rsidRDefault="002A7C52" w:rsidP="00C862E9">
+          <w:p w14:paraId="3B89B7FF" w14:textId="5BC54A17" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Seal #:</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+              <w:t xml:space="preserve">Seal #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
-[...8 lines deleted...]
-            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
-[...54 lines deleted...]
-            <w:r w:rsidR="00D7622B" w:rsidRPr="006E340B">
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE77DE" w:rsidRPr="00816912" w14:paraId="465BCB60" w14:textId="77777777" w:rsidTr="00BD3B52">
+      <w:tr w:rsidR="0092103F" w:rsidRPr="00816912" w14:paraId="006429EE" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD79AD6" w14:textId="68AB76E1" w:rsidR="00BE77DE" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
+          <w:p w14:paraId="40ED4C93" w14:textId="45BF2616" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0067019B">
-[...8 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Container #: </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00C854D7">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
@@ -8838,63 +8906,216 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9F67F6" w14:textId="5124E299" w:rsidR="0092103F" w:rsidRDefault="0092103F" w:rsidP="0092103F">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seal #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA7F5F" w:rsidRPr="00EE321D" w14:paraId="00775E71" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00EA7F5F" w:rsidRPr="00EE321D" w14:paraId="00775E71" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:trHeight w:val="260"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="32840366" w14:textId="77777777" w:rsidR="00EA7F5F" w:rsidRPr="00EE321D" w:rsidRDefault="00EA7F5F" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE321D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9772,110 +9993,110 @@
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Sealing/labeling container(s) for export</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="21A63621" w14:textId="77777777" w:rsidR="00EA7F5F" w:rsidRPr="00EE321D" w:rsidRDefault="00EA7F5F" w:rsidP="00136BB8">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="66BF4409" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="66BF4409" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="79199D95" w14:textId="2DE542A2" w:rsidR="00CC6E8A" w:rsidRPr="00E40575" w:rsidRDefault="00CC6E8A" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Product </w:t>
             </w:r>
             <w:r w:rsidRPr="00E40575">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Origin </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="1B93DB0A" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="1B93DB0A" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="30A031CD" w14:textId="69C24282" w:rsidR="00CC6E8A" w:rsidRDefault="00CC6E8A" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -10167,52 +10388,52 @@
             <w:r w:rsidR="00B627ED" w:rsidRPr="00B627ED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00C854D7">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="63CBC6BB" w14:textId="7436BA68" w:rsidR="00CC6E8A" w:rsidRPr="0067019B" w:rsidRDefault="00CC6E8A" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -10298,105 +10519,85 @@
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="3924EB38" w14:textId="77777777" w:rsidTr="00C81DB5">
+      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="3924EB38" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
-          <w:trHeight w:val="578"/>
+          <w:trHeight w:val="506"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="4B850022" w14:textId="107D28F2" w:rsidR="00CC6E8A" w:rsidRDefault="00CC6E8A" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Country(</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">) of product/ingredient origin </w:t>
+              <w:t xml:space="preserve">Country(ies) of product/ingredient origin </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C56B472" w14:textId="60171CC9" w:rsidR="00CC6E8A" w:rsidRPr="00E65F95" w:rsidRDefault="00C81DB5" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -10408,52 +10609,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC6E8A" w:rsidRPr="00E65F95">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">agricultural products/ingredients originated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="05556C35" w14:textId="3B925F33" w:rsidR="00CC6E8A" w:rsidRPr="009956D7" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -10539,59 +10740,59 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00771F0B" w:rsidRPr="00816912" w14:paraId="584AD83F" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00771F0B" w:rsidRPr="00816912" w14:paraId="584AD83F" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="647"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="73358202" w14:textId="01347405" w:rsidR="00771F0B" w:rsidRPr="0067019B" w:rsidRDefault="00771F0B" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -10643,52 +10844,52 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007960EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007960EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="66C96C41" w14:textId="4DC48E1D" w:rsidR="00771F0B" w:rsidRPr="009956D7" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -10774,141 +10975,141 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00771F0B" w:rsidRPr="00816912" w14:paraId="1838DC04" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00771F0B" w:rsidRPr="00816912" w14:paraId="1838DC04" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:trHeight w:val="278"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="3FC8DFA7" w14:textId="3749FF7C" w:rsidR="00771F0B" w:rsidRPr="00771F0B" w:rsidRDefault="00771F0B" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Export Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="5CBEDFA8" w14:textId="77777777" w:rsidTr="007C43FE">
+      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="5CBEDFA8" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
-          <w:trHeight w:val="416"/>
+          <w:trHeight w:val="263"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="1246BFB7" w14:textId="27716066" w:rsidR="00CC6E8A" w:rsidRPr="0067019B" w:rsidRDefault="00095BD0" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Exporter </w:t>
             </w:r>
             <w:r w:rsidR="00CC6E8A" w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Name and Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="02C8645C" w14:textId="4864EF37" w:rsidR="00CC6E8A" w:rsidRPr="0067019B" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -10994,59 +11195,59 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="41B17527" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="41B17527" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="54E9D373" w14:textId="77777777" w:rsidR="00CC6E8A" w:rsidRDefault="00CC6E8A" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -11061,52 +11262,52 @@
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A60D26">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Where product has been subject to the last preparation and sealed in appropriate packaging or containers for export</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="7F999336" w14:textId="43C141B3" w:rsidR="00CC6E8A" w:rsidRPr="0067019B" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -11192,93 +11393,93 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="75D33119" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="75D33119" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="7FFC36E4" w14:textId="379B8E44" w:rsidR="00CC6E8A" w:rsidRDefault="00CC6E8A" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Place of dispatch (port and country)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="09D2C4C3" w14:textId="76AC9206" w:rsidR="00CC6E8A" w:rsidRPr="009956D7" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -11364,93 +11565,93 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="58DF4114" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00CC6E8A" w:rsidRPr="00816912" w14:paraId="58DF4114" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="38E8A24C" w14:textId="18278CE0" w:rsidR="00CC6E8A" w:rsidRPr="0067019B" w:rsidRDefault="00C6450B" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Anticipated shipment date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="4FA71BB8" w14:textId="7019BFDC" w:rsidR="00CC6E8A" w:rsidRPr="0067019B" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -11536,138 +11737,138 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072292" w:rsidRPr="00816912" w14:paraId="02C1D9F1" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00072292" w:rsidRPr="00816912" w14:paraId="02C1D9F1" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="1642263E" w14:textId="1AAD9DB0" w:rsidR="00072292" w:rsidRPr="00072292" w:rsidRDefault="00072292" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Import Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C6450B" w:rsidRPr="00816912" w14:paraId="6CB9B2ED" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00C6450B" w:rsidRPr="00816912" w14:paraId="6CB9B2ED" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="25EC6BB0" w14:textId="1356B53F" w:rsidR="00C6450B" w:rsidRPr="0067019B" w:rsidRDefault="00C6450B" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Country of destination</w:t>
             </w:r>
             <w:r w:rsidR="002F618C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> (buyer)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="79EBF8EE" w14:textId="7CFA3916" w:rsidR="00C6450B" w:rsidRPr="009956D7" w:rsidRDefault="00BE77DE" w:rsidP="00CC6E8A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -11753,93 +11954,93 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="37E8D861" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="37E8D861" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="7322669A" w14:textId="60679A24" w:rsidR="002F618C" w:rsidRPr="0067019B" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Point of entry (port and country)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="09C72526" w14:textId="16FE3D30" w:rsidR="002F618C" w:rsidRPr="009956D7" w:rsidRDefault="00BE77DE" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -11925,94 +12126,94 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="656BE817" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="656BE817" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="2B9915FC" w14:textId="18144F7E" w:rsidR="002F618C" w:rsidRPr="0067019B" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Expected delivery date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="2AED1C85" w14:textId="4F466026" w:rsidR="002F618C" w:rsidRPr="009956D7" w:rsidRDefault="00BE77DE" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -12098,93 +12299,93 @@
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E340B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="34D84661" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="34D84661" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="07B51AA6" w14:textId="47E0FF00" w:rsidR="002F618C" w:rsidRPr="0067019B" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Competent authority (EU-bound shipments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="49CC11EB" w14:textId="42EB53E9" w:rsidR="002F618C" w:rsidRPr="009956D7" w:rsidRDefault="00BE77DE" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -12269,106 +12470,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="16201C9A" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="16201C9A" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
-          <w:trHeight w:val="259"/>
+          <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="59B6B9FC" w14:textId="77777777" w:rsidR="002F618C" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="21971FC1" w14:textId="71CD3043" w:rsidR="002F618C" w:rsidRPr="00C23507" w:rsidRDefault="002F618C" w:rsidP="00C23507">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Importer name and address </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21971FC1" w14:textId="27622423" w:rsidR="002F618C" w:rsidRPr="002F618C" w:rsidRDefault="002F618C" w:rsidP="002F618C">
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="3BD93056" w14:textId="683A6EA4" w:rsidR="002F618C" w:rsidRPr="0067019B" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
@@ -12454,103 +12641,103 @@
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="7140AD11" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="002F618C" w:rsidRPr="00816912" w14:paraId="7140AD11" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="4C9656ED" w14:textId="68DF0970" w:rsidR="002F618C" w:rsidRPr="0067019B" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Importer </w:t>
             </w:r>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>EORI number (EU bound shipments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E918FA6" w14:textId="24B36717" w:rsidR="002F618C" w:rsidRPr="0067019B" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -12639,94 +12826,94 @@
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615BDD" w:rsidRPr="00816912" w14:paraId="7FA2E222" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="00615BDD" w:rsidRPr="00816912" w14:paraId="7FA2E222" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="5CC2ED1A" w14:textId="579EB3A2" w:rsidR="00615BDD" w:rsidRPr="0067019B" w:rsidRDefault="000E17C1" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="330"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>First Consignee name and address (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D0EE639" w14:textId="4D012D56" w:rsidR="00615BDD" w:rsidRPr="009956D7" w:rsidRDefault="001A4323" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -12815,93 +13002,93 @@
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w14:paraId="59B42CDA" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="002F618C" w14:paraId="59B42CDA" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10810" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="7D08E7DE" w14:textId="36935B35" w:rsidR="002F618C" w:rsidRPr="00834293" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00834293">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Transport details from place of dispatch to point of entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w14:paraId="3D73692B" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="002F618C" w14:paraId="3D73692B" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="33"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6A02B8C4" w14:textId="2DCBA86D" w:rsidR="002F618C" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="332"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
@@ -12912,52 +13099,52 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">transport </w:t>
             </w:r>
             <w:r w:rsidRPr="0067019B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="62F072DD" w14:textId="5F8C7B85" w:rsidR="002F618C" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13044,59 +13231,59 @@
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w14:paraId="4418EE4A" w14:textId="77777777" w:rsidTr="00B627ED">
+      <w:tr w:rsidR="002F618C" w14:paraId="4418EE4A" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
           <w:trHeight w:val="33"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5305" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0189DBC9" w14:textId="39E823D7" w:rsidR="002F618C" w:rsidRPr="00CA41BF" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="332"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
@@ -13127,52 +13314,52 @@
             </w:r>
             <w:r w:rsidR="00F8058B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and identifier</w:t>
             </w:r>
             <w:r w:rsidR="0033518C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5505" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="5441" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1A302570" w14:textId="2B6B76A2" w:rsidR="002F618C" w:rsidRPr="00CA41BF" w:rsidRDefault="002F618C" w:rsidP="002F618C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13259,108 +13446,138 @@
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w14:paraId="743E0C35" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00F062BE" w14:paraId="30BEF4DE" w14:textId="77777777" w:rsidTr="00BD4480">
         <w:trPr>
-          <w:trHeight w:val="33"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA2D7A3" w14:textId="087DF9F3" w:rsidR="002F618C" w:rsidRPr="008F664A" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="70C32E18" w14:textId="0A698696" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="332"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Transport method(s)</w:t>
             </w:r>
+            <w:r w:rsidR="00A46ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="006C4573" w:rsidRPr="006C4573">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Indicate each transport method that will be used from point of export to point of import.</w:t>
+            </w:r>
+            <w:r w:rsidR="006C4573">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6837516B" w14:textId="1864BF4A" w:rsidR="002F618C" w:rsidRPr="008F664A" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="5981168D" w14:textId="1255DAB8" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13386,71 +13603,79 @@
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Vessel</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E4ABA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Vessel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3B6178" w14:textId="1D95ADF6" w:rsidR="002F618C" w:rsidRPr="008F664A" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="484B0679" w14:textId="068B3619" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13476,71 +13701,79 @@
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Airplane</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E4ABA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Vessel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5A170C23" w14:textId="7C1472E6" w:rsidR="002F618C" w:rsidRPr="008F664A" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="01443557" w14:textId="3FE5E433" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13566,61 +13799,2434 @@
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Road Vehicle</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E4ABA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Vessel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F062BE" w14:paraId="30E3C0D2" w14:textId="77777777" w:rsidTr="00746324">
+        <w:trPr>
+          <w:trHeight w:val="33"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3C3F79" w14:textId="77777777" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1905" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="179B718C" w14:textId="02B48D4E" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ship type: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="415FBA5C" w14:textId="25A714C1" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ship type: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="107D4599" w14:textId="7170524A" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ship type: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F062BE" w14:paraId="17473AEB" w14:textId="77777777" w:rsidTr="00746324">
+        <w:trPr>
+          <w:trHeight w:val="33"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0BDD85" w14:textId="28EA31B6" w:rsidR="002F618C" w:rsidRPr="008F664A" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="2AAEF32A" w14:textId="77777777" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7E43D9" w14:textId="639DA640" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ship name: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFDAC15" w14:textId="15D40862" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ship name: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BF69B6" w14:textId="7D11D1F2" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ship name: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F062BE" w14:paraId="2F18EC75" w14:textId="77777777" w:rsidTr="00746324">
+        <w:trPr>
+          <w:trHeight w:val="33"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DD9311" w14:textId="77777777" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="67972EAC" w14:textId="31FFD8F1" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flag state: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE66310" w14:textId="02524A08" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flag state: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7329D6" w14:textId="2FB034DD" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flag state: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F062BE" w14:paraId="75C6EB5E" w14:textId="77777777" w:rsidTr="00356A27">
+        <w:trPr>
+          <w:trHeight w:val="33"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F06C14" w14:textId="1ADEB15E" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A538EFA" w14:textId="3F32716A" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IMO: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A0F114" w14:textId="29EED1C0" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IMO: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="734D4116" w14:textId="15E8D72F" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IMO: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2C00" w14:paraId="69BB9733" w14:textId="77777777" w:rsidTr="00356A27">
+        <w:trPr>
+          <w:trHeight w:val="33"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F852F2" w14:textId="61A6A20C" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A988264" w14:textId="0D35BD83" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyage #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CF1A0E" w14:textId="49F1791C" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyage #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F278239" w14:textId="2093D1D6" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyage #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2C00" w14:paraId="743E0C35" w14:textId="77777777" w:rsidTr="00356A27">
+        <w:trPr>
+          <w:trHeight w:val="33"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA2D7A3" w14:textId="7AFFA9E1" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3B6178" w14:textId="1D95ADF6" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -13656,110 +16262,340 @@
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F664A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Railway  </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E4ABA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Airplane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A170C23" w14:textId="7C1472E6" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E4ABA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Road Vehicle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0BDD85" w14:textId="28EA31B6" w:rsidR="00F062BE" w:rsidRPr="008F664A" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E4ABA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Railway</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F664A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w14:paraId="4061D506" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00BF2670" w14:paraId="64261A53" w14:textId="77777777" w:rsidTr="00BF2670">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="33"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="26E500E3" w14:textId="6354EAF0" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="05DA05A5" w14:textId="77777777" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
             <w:pPr>
               <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5FBC5D" w14:textId="54C58E2B" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="18174FA7" w14:textId="7C571461" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:iCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ship type: </w:t>
+              <w:t xml:space="preserve">Flight #: </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -13833,2197 +16669,1180 @@
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009956D7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="05CA0299" w14:textId="3C99EAB3" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="515782CC" w14:textId="447C291D" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:iCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flight #: </w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t xml:space="preserve">Vehicle Registration #: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...14 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...60 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="31D24DA6" w14:textId="22817BB9" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="2541B0BD" w14:textId="2D06C69E" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:iCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vehicle Registration #:</w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">Identifier: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00A14EFB" w:rsidRPr="006E340B">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A14EFB" w:rsidRPr="006E340B">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A14EFB" w:rsidRPr="006E340B">
-[...60 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009956D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF2670" w14:paraId="2E4DB1D9" w14:textId="77777777" w:rsidTr="00BF2670">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE1F34B" w14:textId="77777777" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="332"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1905" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="27F014FC" w14:textId="0BDBD17D" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="403F63EE" w14:textId="77777777" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:iCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE97993" w14:textId="6BA8DA94" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2670">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+              </w:rPr>
+              <w:t>Country of Registration</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Identifier: </w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...14 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...60 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E340B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E9ED9E" w14:textId="77777777" w:rsidR="00BF2670" w:rsidRPr="008F664A" w:rsidRDefault="00BF2670" w:rsidP="00BF2670">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w14:paraId="2A8F5AA6" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00F062BE" w14:paraId="196517E0" w14:textId="77777777" w:rsidTr="00F062BE">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="50B2B058" w14:textId="77777777" w:rsidR="002F618C" w:rsidRPr="004567B5" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="4C880643" w14:textId="51B9C2FB" w:rsidR="00F062BE" w:rsidRPr="002F618C" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
-              <w:pStyle w:val="Title"/>
-[...8 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:pStyle w:val="Pages"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BD57C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD57C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>eclaration</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F062BE" w:rsidRPr="00816912" w14:paraId="74B1EA5D" w14:textId="77777777" w:rsidTr="00F062BE">
+        <w:trPr>
+          <w:trHeight w:val="52"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
           </w:tcPr>
-          <w:p w14:paraId="7223F5FC" w14:textId="590B7404" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="52A3E5C0" w14:textId="7D1EE4EE" w:rsidR="00F062BE" w:rsidRPr="00247DFE" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
-              <w:pStyle w:val="Title"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="Pages"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006C3DD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I hereby declare that, to the best of my knowledge, all the information presented in this request is accurate. Furthermore, I declare that the product concerned has been produced and/or prepared in accordance with the QCS approved organic system plan and in compliance with the applicable organic regulations. I understand that I will be invoiced in accordance with the Transaction Certificate fees as stated on the QCS Fee Structure. Client agrees to indemnify QCS and hold QCS harmless against any claims that may arise related to client’s failure to meet the requirements for the </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...13 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate of Inspection</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3DD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> requested.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F062BE" w:rsidRPr="00816912" w14:paraId="736E1F33" w14:textId="77777777" w:rsidTr="006C4573">
+        <w:trPr>
+          <w:trHeight w:val="173"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0677D066" w14:textId="795D1C58" w:rsidR="00F062BE" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
+            <w:pPr>
+              <w:pStyle w:val="Pages"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...14 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...60 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="3899" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68A0B277" w14:textId="77777777" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="3D8286E9" w14:textId="04154F83" w:rsidR="00F062BE" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
-              <w:pStyle w:val="Title"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="Pages"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...14 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009956D7">
-[...60 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46368212" w14:textId="77777777" w:rsidR="002F618C" w:rsidRPr="00BC5BAA" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="534E06F7" w14:textId="40980BAA" w:rsidR="00F062BE" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
-              <w:pStyle w:val="Title"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="Pages"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...47 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00A14EFB" w:rsidRPr="006E340B">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A14EFB" w:rsidRPr="006E340B">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A14EFB" w:rsidRPr="006E340B">
-[...60 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F618C" w14:paraId="2491A181" w14:textId="77777777" w:rsidTr="003273FB">
+      <w:tr w:rsidR="00F062BE" w:rsidRPr="00816912" w14:paraId="660BFEE5" w14:textId="77777777" w:rsidTr="006C4573">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="172"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
-[...574 lines deleted...]
-            <w:tcW w:w="3455" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0677D066" w14:textId="795D1C58" w:rsidR="002F618C" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="2285A433" w14:textId="3DA46C2B" w:rsidR="00F062BE" w:rsidRPr="00247DFE" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Pages"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00393E76">
-[...109 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="00247DFE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3901" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3899" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D8286E9" w14:textId="04154F83" w:rsidR="002F618C" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="7BF8EA93" w14:textId="67D68E47" w:rsidR="00F062BE" w:rsidRPr="00247DFE" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Pages"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00393E76">
-[...109 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="00247DFE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Printed Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3434" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="534E06F7" w14:textId="40980BAA" w:rsidR="002F618C" w:rsidRDefault="002F618C" w:rsidP="002F618C">
-[...193 lines deleted...]
-          <w:p w14:paraId="25A5D5E8" w14:textId="2D1D1FC6" w:rsidR="002F618C" w:rsidRPr="00247DFE" w:rsidRDefault="002F618C" w:rsidP="002F618C">
+          <w:p w14:paraId="25A5D5E8" w14:textId="2D1D1FC6" w:rsidR="00F062BE" w:rsidRPr="00247DFE" w:rsidRDefault="00F062BE" w:rsidP="00F062BE">
             <w:pPr>
               <w:pStyle w:val="Pages"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00247DFE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CCBE337" w14:textId="77777777" w:rsidR="00E2184B" w:rsidRDefault="00E2184B">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="56B4F09B" w14:textId="086001D6" w:rsidR="004340CC" w:rsidRDefault="004340CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:sectPr w:rsidR="004340CC" w:rsidSect="003273FB">
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1770" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14395" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2245"/>
         <w:gridCol w:w="2430"/>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="6390"/>
+        <w:gridCol w:w="3330"/>
       </w:tblGrid>
       <w:tr w:rsidR="00735F87" w14:paraId="6C22AA9B" w14:textId="77777777" w:rsidTr="00735F87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14395" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="29CE586A" w14:textId="4DEB859E" w:rsidR="00735F87" w:rsidRPr="000E7401" w:rsidRDefault="00735F87" w:rsidP="00CE250F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="00EC2E41" w:rsidRPr="000E7401">
@@ -16110,51 +17929,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">when they are finalized at the time of shipment, no more than 10 days after the departure of the consignment and in all cases </w:t>
             </w:r>
             <w:r w:rsidR="00583685" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>before the verification and endorsement by the competent authority</w:t>
             </w:r>
             <w:r w:rsidR="00CE250F" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00735F87" w14:paraId="3DFA9FB4" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="00735F87" w14:paraId="3DFA9FB4" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="345A8EFB" w14:textId="77777777" w:rsidR="00735F87" w:rsidRPr="000E7401" w:rsidRDefault="00735F87" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Subject</w:t>
             </w:r>
           </w:p>
@@ -16165,163 +17984,163 @@
           </w:tcPr>
           <w:p w14:paraId="112BFC64" w14:textId="77777777" w:rsidR="00735F87" w:rsidRPr="000E7401" w:rsidRDefault="00735F87" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Required documentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F7E4D8F" w14:textId="77777777" w:rsidR="00735F87" w:rsidRPr="000E7401" w:rsidRDefault="00735F87" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Description </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B7260DC" w14:textId="39776F4B" w:rsidR="00735F87" w:rsidRPr="000E7401" w:rsidRDefault="00735F87" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Attached documentation </w:t>
             </w:r>
             <w:r w:rsidR="005F01F6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(document name or description)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C5D62" w:rsidRPr="00F77663" w14:paraId="4842851A" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="000C5D62" w:rsidRPr="00F77663" w14:paraId="4842851A" w14:textId="77777777" w:rsidTr="00721283">
         <w:trPr>
           <w:trHeight w:val="845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="13C659FE" w14:textId="77777777" w:rsidR="000C5D62" w:rsidRPr="000E7401" w:rsidRDefault="000C5D62" w:rsidP="008C2813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Physical traceability from farm to export</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B771202" w14:textId="77777777" w:rsidR="000C5D62" w:rsidRPr="000E7401" w:rsidRDefault="000C5D62" w:rsidP="008C2813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Physical flowchart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61FA9B0F" w14:textId="0D1D48A0" w:rsidR="000C5D62" w:rsidRPr="000E7401" w:rsidRDefault="00F66E77" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Visual flow chart </w:t>
             </w:r>
             <w:r w:rsidR="00F42FF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">outlining the </w:t>
@@ -16428,51 +18247,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>bcontractors</w:t>
             </w:r>
             <w:r w:rsidR="000C5D62" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00205064">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="661B8176" w14:textId="3CB60DC4" w:rsidR="000C5D62" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="008C2813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -16549,51 +18368,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F59BB" w:rsidRPr="00F77663" w14:paraId="3695A644" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="002F59BB" w:rsidRPr="00F77663" w14:paraId="3695A644" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3A898C3E" w14:textId="77777777" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49D60C80" w14:textId="70F77B4F" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="00CD7BBF" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -16637,51 +18456,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD7A58" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">and storage </w:t>
             </w:r>
             <w:r w:rsidR="002F59BB" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>records</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33AA6C82" w14:textId="7A45EF59" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Documentation </w:t>
             </w:r>
             <w:r w:rsidR="00B146F4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>of</w:t>
@@ -16796,51 +18615,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00F429CA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> delivery </w:t>
             </w:r>
             <w:r w:rsidR="004C1704">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">tickets, and all other relevant storage and transport records.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C11812F" w14:textId="6FBEBE88" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -16917,51 +18736,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F59BB" w:rsidRPr="00F77663" w14:paraId="060274F5" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="002F59BB" w:rsidRPr="00F77663" w14:paraId="060274F5" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="58340A60" w14:textId="2CE9E34C" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial traceability from farm to </w:t>
             </w:r>
             <w:r w:rsidR="007406A4" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
@@ -16981,51 +18800,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F7EF93D" w14:textId="77777777" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial flowchart </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="252C765F" w14:textId="5F8C9628" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="00CF3256" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Visual flow chart outlining the </w:t>
             </w:r>
             <w:r w:rsidR="00AA5AC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17079,51 +18898,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00CB13DC" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> all operators </w:t>
             </w:r>
             <w:r w:rsidR="008D0502" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>involved in buying/selling the product without storing or physically handling the product.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35C5F2DA" w14:textId="30CEC9AA" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -17200,146 +19019,162 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F59BB" w:rsidRPr="00F77663" w14:paraId="4FD401F2" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="002F59BB" w:rsidRPr="00F77663" w14:paraId="4FD401F2" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="274D93BA" w14:textId="77777777" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66290D4D" w14:textId="77777777" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Purchase records</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF02ECB" w14:textId="04A53CF8" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="00926843">
+          <w:p w14:paraId="4FF02ECB" w14:textId="47715FB7" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="002F59BB" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Documentation of the</w:t>
             </w:r>
             <w:r w:rsidR="00A027F4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> COI requestor’s</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> purchase of the entire quantity of organic products/ingredients in the consignment, including </w:t>
             </w:r>
             <w:r w:rsidR="000819A6" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">purchase agreements and </w:t>
+              <w:t xml:space="preserve">purchase </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC149F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>orders</w:t>
+            </w:r>
+            <w:r w:rsidR="000819A6" w:rsidRPr="000E7401">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>invoices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C400A32" w14:textId="6468F868" w:rsidR="002F59BB" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="002F59BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -17416,99 +19251,99 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884443" w14:paraId="64B37C63" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="00884443" w14:paraId="64B37C63" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="35C7DA6B" w14:textId="4583A6D2" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Verification of organic status </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F12FA8F" w14:textId="1FF860B9" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organic certificates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="262328ED" w14:textId="19288286" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Current organic certificate for each </w:t>
             </w:r>
             <w:r w:rsidR="0036597A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">supplier from which organic products/ingredients were purchased </w:t>
@@ -17519,51 +19354,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidR="0036597A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> received</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DE5D1EF" w14:textId="4918CE15" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -17640,91 +19475,91 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884443" w14:paraId="2B300901" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="00884443" w14:paraId="2B300901" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0E6EE28B" w14:textId="77777777" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EF5A053" w14:textId="6C797D92" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Transaction certificates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="401461F9" w14:textId="348CD976" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Transaction certificates </w:t>
             </w:r>
             <w:r w:rsidR="008A0390">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">issued </w:t>
@@ -17767,51 +19602,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> the volume and organic status of </w:t>
             </w:r>
             <w:r w:rsidR="00FA2112">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">organic </w:t>
             </w:r>
             <w:r w:rsidR="000E17D1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>products and ingredients received by your operation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68FF74C8" w14:textId="6561B75E" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -17888,51 +19723,281 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884443" w14:paraId="42116FF0" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="00DA5484" w14:paraId="3A1237A6" w14:textId="77777777" w:rsidTr="00721283">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3E58F4BA" w14:textId="77777777" w:rsidR="00DA5484" w:rsidRPr="000E7401" w:rsidRDefault="00DA5484" w:rsidP="006B410E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C09D9D2" w14:textId="77777777" w:rsidR="00DA5484" w:rsidRDefault="00DA5484" w:rsidP="006B410E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mass balance summary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BE68A14" w14:textId="77777777" w:rsidR="00B24289" w:rsidRPr="00B24289" w:rsidRDefault="00B24289" w:rsidP="00B24289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A941BFF" w14:textId="77777777" w:rsidR="00B24289" w:rsidRPr="00B24289" w:rsidRDefault="00B24289" w:rsidP="00B24289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75B169B2" w14:textId="0D305C29" w:rsidR="00B24289" w:rsidRPr="00B24289" w:rsidRDefault="00B24289" w:rsidP="00B24289">
+            <w:pPr>
+              <w:ind w:firstLine="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3230C19C" w14:textId="719BE174" w:rsidR="00DA5484" w:rsidRPr="000E7401" w:rsidRDefault="006928C2" w:rsidP="00926843">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mass balance documentation for all sales and inventory of the lot of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(s) being exported.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13803F89" w14:textId="6A32437D" w:rsidR="00DA5484" w:rsidRPr="00393E76" w:rsidRDefault="00436E4E" w:rsidP="006B410E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00393E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00884443" w14:paraId="42116FF0" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="345A8AF4" w14:textId="77777777" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10917FE5" w14:textId="3152CCE5" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17944,74 +20009,74 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Sampling </w:t>
             </w:r>
             <w:r w:rsidR="00A56F0B" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">and testing </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>records, if applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38E43215" w14:textId="08FA3678" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00884443" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Documentation of any sampling performed by the COI requestor to verify the organic status, including sampling report, chain of custody, and laboratory analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25622AD2" w14:textId="2733C42C" w:rsidR="00884443" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="006B410E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -18088,71 +20153,70 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A7A" w14:paraId="3D8C9391" w14:textId="77777777" w:rsidTr="00FF2E02">
+      <w:tr w:rsidR="000E1A7A" w14:paraId="3D8C9391" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="41B5EC8B" w14:textId="00C03F07" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Relevant transport and commercial documents</w:t>
             </w:r>
             <w:r w:rsidR="00D07DBA" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> for the </w:t>
             </w:r>
             <w:r w:rsidR="00F71528">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">outgoing </w:t>
             </w:r>
             <w:r w:rsidR="00D07DBA" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>consignment</w:t>
@@ -18170,75 +20234,75 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4854D1D8" w14:textId="454DEE7B" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Packing list</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79033809" w14:textId="6934CAA4" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00926843">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Must show the total volume/quantity of each organic product included in the consignment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B89B90B" w14:textId="0A966AB6" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -18315,92 +20379,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A7A" w14:paraId="099F2C84" w14:textId="77777777" w:rsidTr="00FF2E02">
+      <w:tr w:rsidR="000E1A7A" w14:paraId="099F2C84" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4F5B2E7A" w14:textId="0D493993" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7812E412" w14:textId="50FD8B32" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Transport documents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07C47A02" w14:textId="7A1D63CB" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="0081369B" w:rsidP="00926843">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="000E1A7A" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18461,51 +20525,51 @@
               </w:rPr>
               <w:t xml:space="preserve">, buyer, importer </w:t>
             </w:r>
             <w:r w:rsidR="00324ABC" w:rsidRPr="00247DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and first consignee.</w:t>
             </w:r>
             <w:r w:rsidR="00593A2F" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Documentation of loading and sealing the container for export.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17894EC2" w14:textId="7D864DA2" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -18582,134 +20646,134 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A7A" w14:paraId="5F8A350D" w14:textId="77777777" w:rsidTr="00FF2E02">
+      <w:tr w:rsidR="000E1A7A" w14:paraId="5F8A350D" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6746E90D" w14:textId="77777777" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="26677815" w14:textId="2DC1AF4D" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Travel plan for bulk organic products</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A7687BB" w14:textId="530294CC" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Use the QCS template to document the travel plan for bulk (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>unpackaged) products that are loaded directly into vehicles, cargo holds, or other shipping containers without separate packaging, including but not limited to bulk carriers, trailers, tankers, freighters, barges.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6042036C" w14:textId="2EC0CED8" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -18786,92 +20850,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A7A" w14:paraId="44812EA3" w14:textId="77777777" w:rsidTr="00FF2E02">
+      <w:tr w:rsidR="000E1A7A" w14:paraId="44812EA3" w14:textId="77777777" w:rsidTr="00721283">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="02A97857" w14:textId="19454016" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3A7A5887" w14:textId="48E1C107" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Commercial documents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02A3125C" w14:textId="25ED0004" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="000E1A7A" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Copy of the purchase order</w:t>
             </w:r>
             <w:r w:rsidR="003E14D7" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18923,51 +20987,51 @@
               </w:rPr>
               <w:t xml:space="preserve">the buyer or importer (first consignee), and the final recipient if different from the </w:t>
             </w:r>
             <w:r w:rsidR="0068073B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>first consignee</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4503F956" w14:textId="0F8055DB" w:rsidR="000E1A7A" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -19044,122 +21108,124 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00375674" w14:paraId="1FAB93B2" w14:textId="77777777" w:rsidTr="004C3F59">
+      <w:tr w:rsidR="00375674" w14:paraId="1FAB93B2" w14:textId="77777777" w:rsidTr="00436E4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="21675CAD" w14:textId="0F3DA18E" w:rsidR="00375674" w:rsidRPr="000E7401" w:rsidRDefault="00D944E0" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Product label</w:t>
             </w:r>
             <w:r w:rsidR="00683196" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or accompanying </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>documentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="155B1910" w14:textId="77EDE92B" w:rsidR="00375674" w:rsidRPr="000E7401" w:rsidRDefault="00375674" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Label</w:t>
             </w:r>
             <w:r w:rsidR="006E4ADA" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or documentation for transport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="368B1E36" w14:textId="351168CA" w:rsidR="00375674" w:rsidRPr="000E7401" w:rsidRDefault="009B4EA7" w:rsidP="00926843">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Copy </w:t>
             </w:r>
             <w:r w:rsidR="006E4ADA" w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -19278,51 +21344,51 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7401">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lot identification which permits the linking of the lot with the associated production and/or traceability records.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E19D274" w14:textId="68EB4BC8" w:rsidR="00375674" w:rsidRPr="000E7401" w:rsidRDefault="00C03CC3" w:rsidP="00BB2019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -20439,69 +22505,51 @@
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D5510D">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">receipt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">and storage </w:t>
             </w:r>
             <w:r w:rsidRPr="00D5510D">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>of all products/ingredients in the supply chain from the last certified entity(</w:t>
-[...17 lines deleted...]
-              <w:t>) in the supply chain.</w:t>
+              <w:t>of all products/ingredients in the supply chain from the last certified entity(ies) in the supply chain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC3713" w:rsidRPr="009853BF" w14:paraId="30013DA7" w14:textId="77777777" w:rsidTr="00542E78">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66772194" w14:textId="7B509718" w:rsidR="00FC3713" w:rsidRPr="009853BF" w:rsidRDefault="00FC3713" w:rsidP="00FC3713">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
@@ -23298,53 +25346,52 @@
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00393E76">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EFD6C67" w14:textId="77777777" w:rsidR="00ED22CC" w:rsidRDefault="00ED22CC"/>
-    <w:p w14:paraId="4B8ED02C" w14:textId="77777777" w:rsidR="002F7AAA" w:rsidRDefault="002F7AAA"/>
     <w:p w14:paraId="73B5D89C" w14:textId="77777777" w:rsidR="00885052" w:rsidRDefault="00885052"/>
+    <w:p w14:paraId="3B01D2F3" w14:textId="77777777" w:rsidR="003E09E1" w:rsidRDefault="003E09E1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="58" w:type="dxa"/>
           <w:bottom w:w="14" w:type="dxa"/>
           <w:right w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1421"/>
         <w:gridCol w:w="2199"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="1088"/>
         <w:gridCol w:w="3752"/>
       </w:tblGrid>
@@ -24426,65 +26473,65 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EA4F7FD" w14:textId="77777777" w:rsidR="00891F36" w:rsidRPr="00247DFE" w:rsidRDefault="00891F36" w:rsidP="00D95B54">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00891F36" w:rsidRPr="00247DFE" w:rsidSect="006310BB">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="316B8F22" w14:textId="77777777" w:rsidR="00536A3B" w:rsidRDefault="00536A3B" w:rsidP="00256840">
+    <w:p w14:paraId="71BBF718" w14:textId="77777777" w:rsidR="008263CB" w:rsidRDefault="008263CB" w:rsidP="00256840">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="006BE769" w14:textId="77777777" w:rsidR="00536A3B" w:rsidRDefault="00536A3B" w:rsidP="00256840">
+    <w:p w14:paraId="3E16E02E" w14:textId="77777777" w:rsidR="008263CB" w:rsidRDefault="008263CB" w:rsidP="00256840">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="02A9A949" w14:textId="77777777" w:rsidR="00536A3B" w:rsidRDefault="00536A3B"/>
+    <w:p w14:paraId="21090DB8" w14:textId="77777777" w:rsidR="008263CB" w:rsidRDefault="008263CB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -24526,183 +26573,190 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="-1386640957"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="6DA38764" w14:textId="05658637" w:rsidR="00F54ECE" w:rsidRPr="002115F5" w:rsidRDefault="002115F5" w:rsidP="00D95B54">
+          <w:p w14:paraId="6DA38764" w14:textId="1F192F5A" w:rsidR="00F54ECE" w:rsidRPr="002115F5" w:rsidRDefault="002115F5" w:rsidP="00D95B54">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008212C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1F5</w:t>
             </w:r>
             <w:r w:rsidR="008A463A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="008212C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, V1,</w:t>
             </w:r>
             <w:r w:rsidR="007C43FE">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> R1,</w:t>
+              <w:t xml:space="preserve"> R</w:t>
+            </w:r>
+            <w:r w:rsidR="00156366">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="007C43FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="008212C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C41DEB">
-[...13 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="00156366">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00A16915">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="007C43FE">
-[...5 lines deleted...]
-              <w:t>01</w:t>
+            <w:r w:rsidR="00156366">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00A16915">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
             <w:r w:rsidR="00C41DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -24897,152 +26951,158 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="-500970084"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1116254439"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="799A43A6" w14:textId="510FF6A8" w:rsidR="000C4773" w:rsidRPr="002115F5" w:rsidRDefault="002E6FDB" w:rsidP="00D95B54">
+          <w:p w14:paraId="799A43A6" w14:textId="09A640D0" w:rsidR="000C4773" w:rsidRPr="002115F5" w:rsidRDefault="002E6FDB" w:rsidP="00D95B54">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008212C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1F5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="008212C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, V1,</w:t>
             </w:r>
             <w:r w:rsidR="005D0825">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> R1,</w:t>
+              <w:t xml:space="preserve"> R</w:t>
+            </w:r>
+            <w:r w:rsidR="00621900">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="005D0825">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="008212C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00621900">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="007C43FE">
-[...5 lines deleted...]
-              <w:t>01</w:t>
+            <w:r w:rsidR="00621900">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>03</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/2025</w:t>
             </w:r>
             <w:r w:rsidR="000C4773">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="000C4773">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -25209,214 +27269,223 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000C4773" w:rsidRPr="00D95B54">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34B68C6B" w14:textId="77777777" w:rsidR="00536A3B" w:rsidRDefault="00536A3B" w:rsidP="00256840">
+    <w:p w14:paraId="2021FBEE" w14:textId="77777777" w:rsidR="008263CB" w:rsidRDefault="008263CB" w:rsidP="00256840">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57CE8139" w14:textId="77777777" w:rsidR="00536A3B" w:rsidRDefault="00536A3B" w:rsidP="00256840">
+    <w:p w14:paraId="430B9CA4" w14:textId="77777777" w:rsidR="008263CB" w:rsidRDefault="008263CB" w:rsidP="00256840">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="468C4D99" w14:textId="77777777" w:rsidR="00536A3B" w:rsidRDefault="00536A3B"/>
+    <w:p w14:paraId="1DC2EB5A" w14:textId="77777777" w:rsidR="008263CB" w:rsidRDefault="008263CB"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="4CF5188A" w14:textId="1B4EC899" w:rsidR="00D57640" w:rsidRPr="00C91BBA" w:rsidRDefault="00D57640">
+    <w:p w14:paraId="4CF5188A" w14:textId="1B4EC899" w:rsidR="00D57640" w:rsidRPr="00277528" w:rsidRDefault="00D57640">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Consignment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is defined in Article 3, point (37) of Regulation (EU) 2017/625 as “a quantity of goods covered by the same official certificate, official attestation or any other document, conveyed by the same means of transport and coming from the same territory or third country, and… being of the same type, class or description.”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="66BA7ED1" w14:textId="77777777" w:rsidR="00C63D99" w:rsidRPr="00C91BBA" w:rsidRDefault="00C63D99" w:rsidP="00C63D99">
+    <w:p w14:paraId="66BA7ED1" w14:textId="77777777" w:rsidR="00C63D99" w:rsidRPr="00277528" w:rsidRDefault="00C63D99" w:rsidP="00C63D99">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> EU product categories are defined in Article 35 of Regulation (EU) 2018/848.  QCS must be recognized at Regulation (EU) 2021/1378 to certify products in the specified category in your country.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="261B378A" w14:textId="77777777" w:rsidR="00563966" w:rsidRPr="00C91BBA" w:rsidRDefault="00563966" w:rsidP="001E2D34">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00C91BBA">
+      <w:r w:rsidRPr="00277528">
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> In accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="00C91BBA">
+        <w:r w:rsidRPr="00277528">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="17"/>
-            <w:szCs w:val="17"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>European Commission’s Combined Nomenclature</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C91BBA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="7E6ECF57" w14:textId="77777777" w:rsidR="00EA7F5F" w:rsidRPr="002A57B8" w:rsidRDefault="00EA7F5F" w:rsidP="00EA7F5F">
+    <w:p w14:paraId="7E6ECF57" w14:textId="77777777" w:rsidR="00EA7F5F" w:rsidRPr="002A57B8" w:rsidRDefault="00EA7F5F" w:rsidP="00E16414">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:left="14" w:right="43" w:hanging="14"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C91BBA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C91BBA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> As defined in point (m) of Article 2(1) of Regulation (EC) No. 852/2004.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277528">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>As defined in point (m) of Article 2(1) of Regulation (EC) No. 852/2004.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="16424E16" w14:textId="12973DA1" w:rsidR="00C854D7" w:rsidRPr="00C854D7" w:rsidRDefault="00C854D7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C854D7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C854D7">
         <w:rPr>
@@ -26873,244 +28942,260 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="383219106">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="349114298">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1272977822">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="442695689">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1936673580">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2094818362">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ziQz06Mmev7fiR99QJp7B0PjeYgDdY9mV/ddtevkFXRMK2t8dRDb+bXUTSdtdM1D086rbOPcbaoiz9ywjDUeUA==" w:salt="4aQnVKf/rQwSDo6EUPAS4Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="8J+v/K1WnGZuab5v8io32Fw4TnP6HVpyybVmOwwGEAKezEk9bMDR3ewWmj8/yrrqD9eWT67iuOtacBBik9fMFw==" w:salt="6J1R7HdqOcG5Mf+8jigZ8w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE3E60"/>
+    <w:rsid w:val="00003A35"/>
     <w:rsid w:val="00006590"/>
     <w:rsid w:val="00006618"/>
     <w:rsid w:val="00010E64"/>
     <w:rsid w:val="00015EE6"/>
     <w:rsid w:val="00016969"/>
     <w:rsid w:val="00020B89"/>
     <w:rsid w:val="00030195"/>
     <w:rsid w:val="000309FD"/>
     <w:rsid w:val="000325D4"/>
     <w:rsid w:val="00033F5B"/>
     <w:rsid w:val="00034BD6"/>
     <w:rsid w:val="00037230"/>
     <w:rsid w:val="00040E34"/>
     <w:rsid w:val="00041F2E"/>
     <w:rsid w:val="00043A4E"/>
     <w:rsid w:val="00045F9D"/>
     <w:rsid w:val="0004696A"/>
     <w:rsid w:val="00051E64"/>
     <w:rsid w:val="00052FFB"/>
     <w:rsid w:val="0005581E"/>
     <w:rsid w:val="0005727A"/>
     <w:rsid w:val="0005736A"/>
     <w:rsid w:val="00060A37"/>
     <w:rsid w:val="00061607"/>
     <w:rsid w:val="00061BAF"/>
     <w:rsid w:val="00062417"/>
     <w:rsid w:val="00063E3E"/>
     <w:rsid w:val="00071157"/>
     <w:rsid w:val="00071296"/>
     <w:rsid w:val="00072292"/>
     <w:rsid w:val="00073F5D"/>
     <w:rsid w:val="000760F5"/>
     <w:rsid w:val="000805D1"/>
     <w:rsid w:val="0008195E"/>
     <w:rsid w:val="000819A6"/>
     <w:rsid w:val="00081E96"/>
     <w:rsid w:val="0008275C"/>
     <w:rsid w:val="00085A1C"/>
     <w:rsid w:val="000872E1"/>
     <w:rsid w:val="00095BD0"/>
     <w:rsid w:val="000976A2"/>
     <w:rsid w:val="000A01C1"/>
     <w:rsid w:val="000A14BA"/>
     <w:rsid w:val="000A241F"/>
     <w:rsid w:val="000A65E6"/>
     <w:rsid w:val="000A67BC"/>
     <w:rsid w:val="000A6E18"/>
     <w:rsid w:val="000B023C"/>
     <w:rsid w:val="000B04C5"/>
+    <w:rsid w:val="000B2576"/>
+    <w:rsid w:val="000B2B11"/>
     <w:rsid w:val="000B4570"/>
     <w:rsid w:val="000B5316"/>
     <w:rsid w:val="000B593E"/>
     <w:rsid w:val="000B601E"/>
     <w:rsid w:val="000B68BC"/>
     <w:rsid w:val="000B71A3"/>
     <w:rsid w:val="000C053E"/>
     <w:rsid w:val="000C472A"/>
     <w:rsid w:val="000C4773"/>
     <w:rsid w:val="000C5D62"/>
+    <w:rsid w:val="000D10A3"/>
+    <w:rsid w:val="000D311B"/>
     <w:rsid w:val="000D6ED3"/>
     <w:rsid w:val="000E17C1"/>
     <w:rsid w:val="000E17D1"/>
     <w:rsid w:val="000E1A7A"/>
     <w:rsid w:val="000E3DEA"/>
     <w:rsid w:val="000E3E31"/>
+    <w:rsid w:val="000E3EAB"/>
     <w:rsid w:val="000E4B2D"/>
     <w:rsid w:val="000E5706"/>
     <w:rsid w:val="000E5944"/>
     <w:rsid w:val="000E6260"/>
     <w:rsid w:val="000E694E"/>
     <w:rsid w:val="000E7401"/>
     <w:rsid w:val="000F1927"/>
     <w:rsid w:val="000F3211"/>
     <w:rsid w:val="000F449F"/>
     <w:rsid w:val="000F5116"/>
     <w:rsid w:val="000F7E36"/>
     <w:rsid w:val="00102A91"/>
     <w:rsid w:val="00103E9B"/>
     <w:rsid w:val="00105E72"/>
     <w:rsid w:val="0011382E"/>
+    <w:rsid w:val="001146B4"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00116DDD"/>
+    <w:rsid w:val="00121BD3"/>
+    <w:rsid w:val="0012316E"/>
     <w:rsid w:val="001232C9"/>
     <w:rsid w:val="00123757"/>
     <w:rsid w:val="00126646"/>
     <w:rsid w:val="00127528"/>
     <w:rsid w:val="00127EE9"/>
     <w:rsid w:val="001306E2"/>
     <w:rsid w:val="00136EA9"/>
     <w:rsid w:val="0013701C"/>
     <w:rsid w:val="001374AB"/>
     <w:rsid w:val="00141D50"/>
     <w:rsid w:val="00153114"/>
     <w:rsid w:val="0015321E"/>
+    <w:rsid w:val="00156366"/>
     <w:rsid w:val="001610E5"/>
     <w:rsid w:val="00163C6B"/>
     <w:rsid w:val="00164501"/>
     <w:rsid w:val="001652E2"/>
+    <w:rsid w:val="001662FA"/>
     <w:rsid w:val="001678AA"/>
     <w:rsid w:val="001700E4"/>
     <w:rsid w:val="00172FEF"/>
     <w:rsid w:val="00173151"/>
     <w:rsid w:val="00175694"/>
     <w:rsid w:val="00184C48"/>
     <w:rsid w:val="00185C16"/>
     <w:rsid w:val="00192D93"/>
     <w:rsid w:val="0019558E"/>
     <w:rsid w:val="00195A3F"/>
     <w:rsid w:val="0019635C"/>
     <w:rsid w:val="0019796E"/>
     <w:rsid w:val="00197CAE"/>
     <w:rsid w:val="001A0572"/>
     <w:rsid w:val="001A165F"/>
     <w:rsid w:val="001A18C9"/>
     <w:rsid w:val="001A4323"/>
     <w:rsid w:val="001A69C5"/>
     <w:rsid w:val="001A7E34"/>
     <w:rsid w:val="001B49F2"/>
     <w:rsid w:val="001C11BC"/>
     <w:rsid w:val="001C1AC8"/>
+    <w:rsid w:val="001C4206"/>
     <w:rsid w:val="001C4293"/>
     <w:rsid w:val="001C6CB2"/>
     <w:rsid w:val="001D0EC7"/>
     <w:rsid w:val="001D15F0"/>
     <w:rsid w:val="001D2836"/>
     <w:rsid w:val="001E1799"/>
     <w:rsid w:val="001E1D58"/>
     <w:rsid w:val="001E2D34"/>
     <w:rsid w:val="001E2E81"/>
     <w:rsid w:val="001E3705"/>
     <w:rsid w:val="001E612F"/>
     <w:rsid w:val="001F0381"/>
     <w:rsid w:val="001F0B8B"/>
     <w:rsid w:val="001F2AB4"/>
     <w:rsid w:val="00202A57"/>
     <w:rsid w:val="002030DD"/>
     <w:rsid w:val="00205064"/>
     <w:rsid w:val="00205AFD"/>
     <w:rsid w:val="002115F5"/>
     <w:rsid w:val="00215598"/>
     <w:rsid w:val="00217F5D"/>
     <w:rsid w:val="00220827"/>
     <w:rsid w:val="00223F88"/>
     <w:rsid w:val="0022563D"/>
     <w:rsid w:val="00226F18"/>
     <w:rsid w:val="00230259"/>
     <w:rsid w:val="00231057"/>
     <w:rsid w:val="0024008D"/>
     <w:rsid w:val="00240FFD"/>
     <w:rsid w:val="00242178"/>
     <w:rsid w:val="0024431C"/>
     <w:rsid w:val="00245983"/>
     <w:rsid w:val="00247DFE"/>
     <w:rsid w:val="002506E2"/>
     <w:rsid w:val="002511BC"/>
     <w:rsid w:val="00254079"/>
+    <w:rsid w:val="002544A4"/>
     <w:rsid w:val="00256840"/>
     <w:rsid w:val="00257315"/>
     <w:rsid w:val="00257990"/>
     <w:rsid w:val="00262D47"/>
     <w:rsid w:val="002637DB"/>
     <w:rsid w:val="00263B06"/>
     <w:rsid w:val="00272174"/>
     <w:rsid w:val="00272C1D"/>
+    <w:rsid w:val="00274345"/>
     <w:rsid w:val="002748F4"/>
+    <w:rsid w:val="00277528"/>
+    <w:rsid w:val="0027788E"/>
     <w:rsid w:val="00280E8E"/>
     <w:rsid w:val="0028160E"/>
     <w:rsid w:val="00282374"/>
     <w:rsid w:val="0028443D"/>
     <w:rsid w:val="00284556"/>
     <w:rsid w:val="00285A0A"/>
     <w:rsid w:val="00285E11"/>
     <w:rsid w:val="00286A3E"/>
     <w:rsid w:val="00292658"/>
     <w:rsid w:val="00293E1C"/>
     <w:rsid w:val="00297BB8"/>
     <w:rsid w:val="002A0175"/>
     <w:rsid w:val="002A5240"/>
     <w:rsid w:val="002A57B8"/>
     <w:rsid w:val="002A7C52"/>
     <w:rsid w:val="002B0CE5"/>
     <w:rsid w:val="002B1CE4"/>
     <w:rsid w:val="002B210D"/>
     <w:rsid w:val="002B39CF"/>
     <w:rsid w:val="002B7D62"/>
     <w:rsid w:val="002C1F79"/>
     <w:rsid w:val="002C3DC9"/>
     <w:rsid w:val="002C46C1"/>
     <w:rsid w:val="002D11FE"/>
     <w:rsid w:val="002D14E7"/>
@@ -27120,437 +29205,465 @@
     <w:rsid w:val="002D6F40"/>
     <w:rsid w:val="002E0D48"/>
     <w:rsid w:val="002E2FA5"/>
     <w:rsid w:val="002E459A"/>
     <w:rsid w:val="002E4C74"/>
     <w:rsid w:val="002E5277"/>
     <w:rsid w:val="002E53EC"/>
     <w:rsid w:val="002E5414"/>
     <w:rsid w:val="002E69E2"/>
     <w:rsid w:val="002E6FDB"/>
     <w:rsid w:val="002E7BFA"/>
     <w:rsid w:val="002F0F56"/>
     <w:rsid w:val="002F3D23"/>
     <w:rsid w:val="002F59BB"/>
     <w:rsid w:val="002F618C"/>
     <w:rsid w:val="002F7AAA"/>
     <w:rsid w:val="002F7C05"/>
     <w:rsid w:val="00310722"/>
     <w:rsid w:val="003107BD"/>
     <w:rsid w:val="00312052"/>
     <w:rsid w:val="003126F4"/>
     <w:rsid w:val="00312A37"/>
     <w:rsid w:val="00317CEB"/>
     <w:rsid w:val="00317E7E"/>
     <w:rsid w:val="003218D5"/>
+    <w:rsid w:val="003225DD"/>
     <w:rsid w:val="0032295C"/>
     <w:rsid w:val="00324ABC"/>
     <w:rsid w:val="003264FB"/>
     <w:rsid w:val="003270E0"/>
     <w:rsid w:val="003273FB"/>
     <w:rsid w:val="00327E43"/>
     <w:rsid w:val="003300DA"/>
     <w:rsid w:val="003313CA"/>
+    <w:rsid w:val="00332C30"/>
     <w:rsid w:val="0033336A"/>
+    <w:rsid w:val="00333549"/>
     <w:rsid w:val="00333EF5"/>
     <w:rsid w:val="00333F6B"/>
     <w:rsid w:val="0033518C"/>
     <w:rsid w:val="003358B8"/>
     <w:rsid w:val="003360BB"/>
     <w:rsid w:val="003371F9"/>
     <w:rsid w:val="00337886"/>
     <w:rsid w:val="0034204E"/>
     <w:rsid w:val="0034364A"/>
     <w:rsid w:val="0034385C"/>
     <w:rsid w:val="00345854"/>
     <w:rsid w:val="00347B78"/>
     <w:rsid w:val="00350567"/>
     <w:rsid w:val="0035339B"/>
     <w:rsid w:val="003548EB"/>
+    <w:rsid w:val="00356A27"/>
     <w:rsid w:val="00357A30"/>
     <w:rsid w:val="00361543"/>
     <w:rsid w:val="003617D5"/>
     <w:rsid w:val="0036316C"/>
     <w:rsid w:val="00363375"/>
     <w:rsid w:val="0036370D"/>
     <w:rsid w:val="00364AC2"/>
     <w:rsid w:val="0036597A"/>
     <w:rsid w:val="0036698B"/>
     <w:rsid w:val="00375674"/>
+    <w:rsid w:val="00376C03"/>
     <w:rsid w:val="00381153"/>
     <w:rsid w:val="00381F2A"/>
     <w:rsid w:val="003820A3"/>
     <w:rsid w:val="00384014"/>
     <w:rsid w:val="0038418A"/>
     <w:rsid w:val="00390F93"/>
     <w:rsid w:val="00391BE7"/>
     <w:rsid w:val="00395BE3"/>
     <w:rsid w:val="00395FA0"/>
     <w:rsid w:val="003A1810"/>
     <w:rsid w:val="003A23AF"/>
     <w:rsid w:val="003A3413"/>
     <w:rsid w:val="003A388E"/>
     <w:rsid w:val="003A44D5"/>
     <w:rsid w:val="003A616D"/>
     <w:rsid w:val="003A7E4B"/>
     <w:rsid w:val="003B3AFD"/>
     <w:rsid w:val="003B416F"/>
     <w:rsid w:val="003C1527"/>
     <w:rsid w:val="003C1572"/>
     <w:rsid w:val="003C4145"/>
     <w:rsid w:val="003C4945"/>
     <w:rsid w:val="003C549C"/>
     <w:rsid w:val="003C7454"/>
     <w:rsid w:val="003D0200"/>
     <w:rsid w:val="003D2AA4"/>
+    <w:rsid w:val="003D2F22"/>
     <w:rsid w:val="003D534D"/>
     <w:rsid w:val="003D5C58"/>
+    <w:rsid w:val="003E09E1"/>
     <w:rsid w:val="003E14D7"/>
     <w:rsid w:val="003E4D76"/>
     <w:rsid w:val="003E6214"/>
     <w:rsid w:val="003F0C5B"/>
     <w:rsid w:val="003F1C1B"/>
     <w:rsid w:val="003F3141"/>
     <w:rsid w:val="003F4A44"/>
     <w:rsid w:val="003F502B"/>
     <w:rsid w:val="003F7949"/>
     <w:rsid w:val="00404C3B"/>
     <w:rsid w:val="00413DBA"/>
     <w:rsid w:val="00415974"/>
     <w:rsid w:val="00415B3C"/>
     <w:rsid w:val="00416D1C"/>
     <w:rsid w:val="00420379"/>
     <w:rsid w:val="004203F4"/>
     <w:rsid w:val="00422E3E"/>
     <w:rsid w:val="0042324E"/>
     <w:rsid w:val="00426963"/>
     <w:rsid w:val="00427A47"/>
     <w:rsid w:val="00427C12"/>
     <w:rsid w:val="0043018A"/>
     <w:rsid w:val="00430E36"/>
     <w:rsid w:val="0043256B"/>
     <w:rsid w:val="004340CC"/>
     <w:rsid w:val="0043509C"/>
     <w:rsid w:val="00436761"/>
+    <w:rsid w:val="00436E4E"/>
     <w:rsid w:val="00437766"/>
     <w:rsid w:val="004417E2"/>
     <w:rsid w:val="00442B7B"/>
     <w:rsid w:val="004442BC"/>
     <w:rsid w:val="004448A5"/>
     <w:rsid w:val="004456CA"/>
     <w:rsid w:val="004463EB"/>
     <w:rsid w:val="00451696"/>
     <w:rsid w:val="004528E5"/>
     <w:rsid w:val="00453047"/>
     <w:rsid w:val="00453459"/>
     <w:rsid w:val="0045468E"/>
     <w:rsid w:val="004567B5"/>
     <w:rsid w:val="00457529"/>
     <w:rsid w:val="00457627"/>
     <w:rsid w:val="00460445"/>
     <w:rsid w:val="0046142F"/>
     <w:rsid w:val="0046234E"/>
     <w:rsid w:val="004636D3"/>
     <w:rsid w:val="00464726"/>
     <w:rsid w:val="00464EB9"/>
     <w:rsid w:val="0047027F"/>
     <w:rsid w:val="00473CA7"/>
     <w:rsid w:val="00484064"/>
     <w:rsid w:val="004849C6"/>
     <w:rsid w:val="00485AA0"/>
     <w:rsid w:val="004877B3"/>
     <w:rsid w:val="00492290"/>
     <w:rsid w:val="00493195"/>
     <w:rsid w:val="004951EA"/>
     <w:rsid w:val="0049520E"/>
     <w:rsid w:val="00495F04"/>
     <w:rsid w:val="004A0A6F"/>
     <w:rsid w:val="004A4030"/>
     <w:rsid w:val="004A4D71"/>
     <w:rsid w:val="004A501A"/>
     <w:rsid w:val="004A54B6"/>
     <w:rsid w:val="004B2DF2"/>
     <w:rsid w:val="004B3843"/>
+    <w:rsid w:val="004B3B92"/>
     <w:rsid w:val="004B5652"/>
     <w:rsid w:val="004B6D9A"/>
     <w:rsid w:val="004B6FD6"/>
     <w:rsid w:val="004C00B7"/>
     <w:rsid w:val="004C1704"/>
     <w:rsid w:val="004C3F59"/>
     <w:rsid w:val="004C48BD"/>
     <w:rsid w:val="004C4908"/>
     <w:rsid w:val="004C4F3D"/>
     <w:rsid w:val="004C54C1"/>
     <w:rsid w:val="004C5672"/>
     <w:rsid w:val="004C5965"/>
     <w:rsid w:val="004D3F61"/>
     <w:rsid w:val="004D471C"/>
     <w:rsid w:val="004E197C"/>
     <w:rsid w:val="004E3569"/>
     <w:rsid w:val="004E480A"/>
     <w:rsid w:val="004E6733"/>
     <w:rsid w:val="004E7E8F"/>
     <w:rsid w:val="004F1878"/>
+    <w:rsid w:val="004F3F7D"/>
+    <w:rsid w:val="00500E5E"/>
     <w:rsid w:val="00503880"/>
     <w:rsid w:val="005056AF"/>
     <w:rsid w:val="005109C5"/>
     <w:rsid w:val="00512C03"/>
     <w:rsid w:val="005141D7"/>
     <w:rsid w:val="0052179D"/>
     <w:rsid w:val="00522D9D"/>
     <w:rsid w:val="00523DDE"/>
     <w:rsid w:val="00525097"/>
     <w:rsid w:val="00525E43"/>
     <w:rsid w:val="00526673"/>
     <w:rsid w:val="00526E40"/>
     <w:rsid w:val="0053001E"/>
     <w:rsid w:val="00535EB7"/>
     <w:rsid w:val="005362C0"/>
     <w:rsid w:val="0053655B"/>
     <w:rsid w:val="00536A3B"/>
     <w:rsid w:val="00536CE6"/>
     <w:rsid w:val="00537E2A"/>
     <w:rsid w:val="0054062A"/>
     <w:rsid w:val="00541C9B"/>
     <w:rsid w:val="00542E78"/>
     <w:rsid w:val="00555DC7"/>
     <w:rsid w:val="0055630C"/>
     <w:rsid w:val="0055712B"/>
     <w:rsid w:val="00560821"/>
     <w:rsid w:val="00561F4F"/>
     <w:rsid w:val="00563966"/>
     <w:rsid w:val="00564D0C"/>
     <w:rsid w:val="0056578F"/>
     <w:rsid w:val="00572296"/>
     <w:rsid w:val="005749DA"/>
     <w:rsid w:val="00575668"/>
+    <w:rsid w:val="00576657"/>
     <w:rsid w:val="00576896"/>
     <w:rsid w:val="0058045C"/>
     <w:rsid w:val="005817D3"/>
     <w:rsid w:val="00582D4C"/>
     <w:rsid w:val="00582F78"/>
     <w:rsid w:val="00583685"/>
     <w:rsid w:val="005842CD"/>
     <w:rsid w:val="00584A28"/>
     <w:rsid w:val="00584A76"/>
     <w:rsid w:val="00591084"/>
     <w:rsid w:val="00593A2F"/>
     <w:rsid w:val="00593B4D"/>
     <w:rsid w:val="00595EE6"/>
     <w:rsid w:val="00596772"/>
     <w:rsid w:val="005A094B"/>
     <w:rsid w:val="005A24F7"/>
     <w:rsid w:val="005A281E"/>
     <w:rsid w:val="005A6953"/>
     <w:rsid w:val="005B015C"/>
     <w:rsid w:val="005B1C03"/>
     <w:rsid w:val="005B1EFA"/>
+    <w:rsid w:val="005B2362"/>
     <w:rsid w:val="005B2772"/>
     <w:rsid w:val="005B39E7"/>
     <w:rsid w:val="005B6500"/>
     <w:rsid w:val="005B7E94"/>
     <w:rsid w:val="005C27CD"/>
     <w:rsid w:val="005C3284"/>
     <w:rsid w:val="005C57EA"/>
     <w:rsid w:val="005D0825"/>
     <w:rsid w:val="005D163F"/>
     <w:rsid w:val="005D6A41"/>
     <w:rsid w:val="005E0044"/>
     <w:rsid w:val="005E1F4F"/>
     <w:rsid w:val="005E1FFA"/>
     <w:rsid w:val="005E4CA6"/>
     <w:rsid w:val="005E50C2"/>
     <w:rsid w:val="005E5534"/>
     <w:rsid w:val="005F01F6"/>
     <w:rsid w:val="005F48B7"/>
     <w:rsid w:val="005F64D5"/>
     <w:rsid w:val="00601E11"/>
+    <w:rsid w:val="00603697"/>
     <w:rsid w:val="00612CC6"/>
     <w:rsid w:val="00612EC1"/>
     <w:rsid w:val="00615BDD"/>
     <w:rsid w:val="00615EB5"/>
     <w:rsid w:val="00616306"/>
     <w:rsid w:val="00616B54"/>
+    <w:rsid w:val="00621900"/>
     <w:rsid w:val="0062376A"/>
     <w:rsid w:val="006237C8"/>
     <w:rsid w:val="0062728A"/>
     <w:rsid w:val="00630B9E"/>
     <w:rsid w:val="006310BB"/>
     <w:rsid w:val="00631471"/>
     <w:rsid w:val="00636445"/>
     <w:rsid w:val="00636F0B"/>
     <w:rsid w:val="006370E4"/>
     <w:rsid w:val="006375A0"/>
     <w:rsid w:val="00641380"/>
     <w:rsid w:val="00644BB3"/>
     <w:rsid w:val="0064699A"/>
     <w:rsid w:val="00652A57"/>
     <w:rsid w:val="00653D6D"/>
     <w:rsid w:val="0065699E"/>
     <w:rsid w:val="006575D3"/>
     <w:rsid w:val="0065769B"/>
     <w:rsid w:val="00660A6B"/>
     <w:rsid w:val="00660A79"/>
     <w:rsid w:val="006620C4"/>
     <w:rsid w:val="0066280F"/>
     <w:rsid w:val="00663E99"/>
     <w:rsid w:val="0066678C"/>
     <w:rsid w:val="0067019B"/>
     <w:rsid w:val="00671A44"/>
     <w:rsid w:val="00676E1C"/>
     <w:rsid w:val="0068073B"/>
     <w:rsid w:val="00681A68"/>
     <w:rsid w:val="00682552"/>
     <w:rsid w:val="00683196"/>
     <w:rsid w:val="00684A8B"/>
     <w:rsid w:val="006858B6"/>
+    <w:rsid w:val="006928C2"/>
     <w:rsid w:val="006A016B"/>
     <w:rsid w:val="006A60C8"/>
     <w:rsid w:val="006A62AC"/>
     <w:rsid w:val="006B124E"/>
+    <w:rsid w:val="006B1814"/>
     <w:rsid w:val="006B1D3D"/>
     <w:rsid w:val="006B2011"/>
     <w:rsid w:val="006B2EB9"/>
     <w:rsid w:val="006B396D"/>
     <w:rsid w:val="006B3D1F"/>
     <w:rsid w:val="006B3D63"/>
     <w:rsid w:val="006B4460"/>
     <w:rsid w:val="006B5057"/>
     <w:rsid w:val="006B6B19"/>
     <w:rsid w:val="006C1027"/>
     <w:rsid w:val="006C230B"/>
     <w:rsid w:val="006C3DD2"/>
+    <w:rsid w:val="006C4573"/>
     <w:rsid w:val="006C7448"/>
+    <w:rsid w:val="006D0CC1"/>
     <w:rsid w:val="006D1771"/>
     <w:rsid w:val="006D2557"/>
+    <w:rsid w:val="006D288C"/>
     <w:rsid w:val="006D42F9"/>
     <w:rsid w:val="006D59CE"/>
+    <w:rsid w:val="006D5FF6"/>
     <w:rsid w:val="006E35DA"/>
     <w:rsid w:val="006E47A3"/>
     <w:rsid w:val="006E4ADA"/>
     <w:rsid w:val="006E690D"/>
     <w:rsid w:val="006F5832"/>
     <w:rsid w:val="006F731B"/>
+    <w:rsid w:val="00702ECF"/>
     <w:rsid w:val="00705507"/>
     <w:rsid w:val="00710D07"/>
     <w:rsid w:val="0071208B"/>
     <w:rsid w:val="00717970"/>
     <w:rsid w:val="007206ED"/>
+    <w:rsid w:val="00721283"/>
     <w:rsid w:val="007222BE"/>
     <w:rsid w:val="00726330"/>
     <w:rsid w:val="007265F1"/>
     <w:rsid w:val="00730322"/>
     <w:rsid w:val="00731BE2"/>
     <w:rsid w:val="0073483C"/>
     <w:rsid w:val="00735294"/>
     <w:rsid w:val="00735AA6"/>
     <w:rsid w:val="00735F87"/>
     <w:rsid w:val="007406A4"/>
     <w:rsid w:val="00740B04"/>
     <w:rsid w:val="00740B3B"/>
     <w:rsid w:val="00742306"/>
     <w:rsid w:val="00743987"/>
     <w:rsid w:val="00743D62"/>
     <w:rsid w:val="00746180"/>
+    <w:rsid w:val="00746324"/>
     <w:rsid w:val="007510B5"/>
     <w:rsid w:val="0075184F"/>
     <w:rsid w:val="00751CFE"/>
     <w:rsid w:val="00755AB6"/>
     <w:rsid w:val="00757568"/>
     <w:rsid w:val="007606F9"/>
     <w:rsid w:val="0076360D"/>
     <w:rsid w:val="00764AEC"/>
     <w:rsid w:val="007650CE"/>
     <w:rsid w:val="00771F0B"/>
     <w:rsid w:val="00771F97"/>
     <w:rsid w:val="00774B5B"/>
     <w:rsid w:val="007767BC"/>
     <w:rsid w:val="007777C7"/>
     <w:rsid w:val="00777F7D"/>
     <w:rsid w:val="00783C0F"/>
     <w:rsid w:val="00784012"/>
     <w:rsid w:val="00786250"/>
     <w:rsid w:val="00787999"/>
     <w:rsid w:val="00787A16"/>
     <w:rsid w:val="00790F16"/>
     <w:rsid w:val="00794005"/>
     <w:rsid w:val="007960EF"/>
     <w:rsid w:val="0079728D"/>
+    <w:rsid w:val="00797DF6"/>
     <w:rsid w:val="007A0D8C"/>
     <w:rsid w:val="007A0EF8"/>
     <w:rsid w:val="007A25FC"/>
     <w:rsid w:val="007A4D61"/>
     <w:rsid w:val="007A781A"/>
     <w:rsid w:val="007B1EBA"/>
     <w:rsid w:val="007B3287"/>
     <w:rsid w:val="007B535C"/>
     <w:rsid w:val="007C0337"/>
     <w:rsid w:val="007C3146"/>
     <w:rsid w:val="007C43FE"/>
     <w:rsid w:val="007C4AB8"/>
     <w:rsid w:val="007C6758"/>
     <w:rsid w:val="007D5506"/>
     <w:rsid w:val="007D5C40"/>
     <w:rsid w:val="007E1047"/>
     <w:rsid w:val="007E142B"/>
     <w:rsid w:val="007E7CA2"/>
     <w:rsid w:val="007E7F5F"/>
     <w:rsid w:val="007F37CC"/>
     <w:rsid w:val="007F517F"/>
     <w:rsid w:val="007F5337"/>
     <w:rsid w:val="007F5729"/>
     <w:rsid w:val="007F76E8"/>
     <w:rsid w:val="0080028A"/>
     <w:rsid w:val="008004FF"/>
     <w:rsid w:val="0080059C"/>
     <w:rsid w:val="00800B90"/>
     <w:rsid w:val="008038F2"/>
     <w:rsid w:val="00805475"/>
     <w:rsid w:val="00806B95"/>
     <w:rsid w:val="008101D3"/>
     <w:rsid w:val="00811095"/>
     <w:rsid w:val="0081369B"/>
+    <w:rsid w:val="00813E97"/>
     <w:rsid w:val="00816912"/>
     <w:rsid w:val="00816B3C"/>
     <w:rsid w:val="008202BC"/>
     <w:rsid w:val="00820564"/>
     <w:rsid w:val="008212C3"/>
     <w:rsid w:val="00821AB2"/>
     <w:rsid w:val="00824027"/>
+    <w:rsid w:val="008263CB"/>
     <w:rsid w:val="00826800"/>
     <w:rsid w:val="00827CCF"/>
     <w:rsid w:val="00830323"/>
     <w:rsid w:val="00830987"/>
     <w:rsid w:val="00830E0D"/>
     <w:rsid w:val="00834293"/>
     <w:rsid w:val="00837C76"/>
     <w:rsid w:val="0084186C"/>
     <w:rsid w:val="0084229F"/>
     <w:rsid w:val="00842771"/>
     <w:rsid w:val="00850D8F"/>
     <w:rsid w:val="008525B7"/>
     <w:rsid w:val="008553A7"/>
+    <w:rsid w:val="008603AB"/>
     <w:rsid w:val="00860B36"/>
     <w:rsid w:val="00870CB0"/>
     <w:rsid w:val="0087388E"/>
     <w:rsid w:val="00874F4F"/>
     <w:rsid w:val="00876690"/>
     <w:rsid w:val="00876DB0"/>
     <w:rsid w:val="008812FF"/>
     <w:rsid w:val="00883F3E"/>
     <w:rsid w:val="00884443"/>
     <w:rsid w:val="00885052"/>
     <w:rsid w:val="00885857"/>
     <w:rsid w:val="00885EC3"/>
     <w:rsid w:val="00887CA6"/>
     <w:rsid w:val="00891F36"/>
     <w:rsid w:val="0089308E"/>
     <w:rsid w:val="008934B3"/>
     <w:rsid w:val="00893CE2"/>
     <w:rsid w:val="008A0390"/>
     <w:rsid w:val="008A06F9"/>
     <w:rsid w:val="008A0768"/>
     <w:rsid w:val="008A1A8A"/>
     <w:rsid w:val="008A2542"/>
     <w:rsid w:val="008A463A"/>
     <w:rsid w:val="008A668A"/>
     <w:rsid w:val="008B0404"/>
@@ -27563,564 +29676,601 @@
     <w:rsid w:val="008D1940"/>
     <w:rsid w:val="008D3C92"/>
     <w:rsid w:val="008D482A"/>
     <w:rsid w:val="008D5A55"/>
     <w:rsid w:val="008D665D"/>
     <w:rsid w:val="008D6C92"/>
     <w:rsid w:val="008E01FA"/>
     <w:rsid w:val="008F0FAF"/>
     <w:rsid w:val="008F174C"/>
     <w:rsid w:val="008F1D4C"/>
     <w:rsid w:val="008F2ADF"/>
     <w:rsid w:val="008F2D76"/>
     <w:rsid w:val="008F4157"/>
     <w:rsid w:val="008F41BD"/>
     <w:rsid w:val="008F4922"/>
     <w:rsid w:val="008F5F99"/>
     <w:rsid w:val="008F6591"/>
     <w:rsid w:val="008F664A"/>
     <w:rsid w:val="00902FA2"/>
     <w:rsid w:val="00906965"/>
     <w:rsid w:val="00906C13"/>
     <w:rsid w:val="009078EE"/>
     <w:rsid w:val="0091090D"/>
     <w:rsid w:val="00913A25"/>
     <w:rsid w:val="00914546"/>
+    <w:rsid w:val="0092103F"/>
     <w:rsid w:val="00923226"/>
     <w:rsid w:val="00926843"/>
     <w:rsid w:val="00926B11"/>
     <w:rsid w:val="00926DCD"/>
     <w:rsid w:val="0092756F"/>
     <w:rsid w:val="00934994"/>
     <w:rsid w:val="009367C0"/>
     <w:rsid w:val="00940B6E"/>
     <w:rsid w:val="00941B61"/>
     <w:rsid w:val="00941F75"/>
     <w:rsid w:val="00953993"/>
     <w:rsid w:val="00954833"/>
     <w:rsid w:val="00955B3C"/>
     <w:rsid w:val="00955CEE"/>
     <w:rsid w:val="0095600B"/>
     <w:rsid w:val="00956D7B"/>
+    <w:rsid w:val="00963BED"/>
     <w:rsid w:val="0096627B"/>
     <w:rsid w:val="00966C5D"/>
+    <w:rsid w:val="00975835"/>
     <w:rsid w:val="00977A58"/>
     <w:rsid w:val="00982A0F"/>
+    <w:rsid w:val="00983618"/>
     <w:rsid w:val="0098415D"/>
     <w:rsid w:val="00985037"/>
     <w:rsid w:val="009853BF"/>
     <w:rsid w:val="00987A87"/>
     <w:rsid w:val="00990B97"/>
     <w:rsid w:val="009911EB"/>
     <w:rsid w:val="00992851"/>
     <w:rsid w:val="009A419F"/>
     <w:rsid w:val="009A4471"/>
     <w:rsid w:val="009A4949"/>
     <w:rsid w:val="009A611D"/>
     <w:rsid w:val="009B2376"/>
     <w:rsid w:val="009B3026"/>
     <w:rsid w:val="009B4EA7"/>
     <w:rsid w:val="009C10B6"/>
+    <w:rsid w:val="009C285B"/>
     <w:rsid w:val="009C3C16"/>
     <w:rsid w:val="009C59AA"/>
     <w:rsid w:val="009C6FE8"/>
     <w:rsid w:val="009D5792"/>
     <w:rsid w:val="009D74A3"/>
     <w:rsid w:val="009E2E65"/>
+    <w:rsid w:val="009E4ABA"/>
     <w:rsid w:val="009E7D91"/>
     <w:rsid w:val="009F00CB"/>
     <w:rsid w:val="009F00F9"/>
     <w:rsid w:val="009F20A3"/>
     <w:rsid w:val="009F3A32"/>
     <w:rsid w:val="009F5CD7"/>
     <w:rsid w:val="009F5F8E"/>
     <w:rsid w:val="00A0225E"/>
     <w:rsid w:val="00A027F4"/>
     <w:rsid w:val="00A02974"/>
     <w:rsid w:val="00A0361C"/>
     <w:rsid w:val="00A03A44"/>
     <w:rsid w:val="00A03AC7"/>
     <w:rsid w:val="00A05524"/>
     <w:rsid w:val="00A10C30"/>
     <w:rsid w:val="00A11040"/>
     <w:rsid w:val="00A12839"/>
     <w:rsid w:val="00A142BC"/>
     <w:rsid w:val="00A14D99"/>
     <w:rsid w:val="00A14EFB"/>
     <w:rsid w:val="00A152F5"/>
     <w:rsid w:val="00A15998"/>
     <w:rsid w:val="00A16915"/>
     <w:rsid w:val="00A20CA1"/>
     <w:rsid w:val="00A215B9"/>
     <w:rsid w:val="00A23D39"/>
     <w:rsid w:val="00A26E67"/>
     <w:rsid w:val="00A27FF7"/>
     <w:rsid w:val="00A30192"/>
     <w:rsid w:val="00A31435"/>
     <w:rsid w:val="00A34302"/>
     <w:rsid w:val="00A35498"/>
     <w:rsid w:val="00A379BC"/>
     <w:rsid w:val="00A401D1"/>
     <w:rsid w:val="00A44884"/>
     <w:rsid w:val="00A454C6"/>
     <w:rsid w:val="00A4697B"/>
+    <w:rsid w:val="00A46ECB"/>
     <w:rsid w:val="00A51D75"/>
     <w:rsid w:val="00A52EB2"/>
     <w:rsid w:val="00A54C4A"/>
     <w:rsid w:val="00A54F0E"/>
     <w:rsid w:val="00A56F0B"/>
     <w:rsid w:val="00A57305"/>
+    <w:rsid w:val="00A57817"/>
     <w:rsid w:val="00A57DBD"/>
     <w:rsid w:val="00A6013F"/>
     <w:rsid w:val="00A60D26"/>
     <w:rsid w:val="00A63633"/>
     <w:rsid w:val="00A6469B"/>
     <w:rsid w:val="00A701A8"/>
     <w:rsid w:val="00A71042"/>
     <w:rsid w:val="00A744D5"/>
     <w:rsid w:val="00A76C6F"/>
     <w:rsid w:val="00A803C3"/>
     <w:rsid w:val="00A82E16"/>
     <w:rsid w:val="00A82F8F"/>
     <w:rsid w:val="00A84009"/>
     <w:rsid w:val="00A84C5B"/>
     <w:rsid w:val="00A84C8A"/>
+    <w:rsid w:val="00A90AF6"/>
     <w:rsid w:val="00A92389"/>
     <w:rsid w:val="00A971A6"/>
     <w:rsid w:val="00A9736D"/>
     <w:rsid w:val="00AA2A59"/>
     <w:rsid w:val="00AA2A72"/>
     <w:rsid w:val="00AA5AC1"/>
     <w:rsid w:val="00AA6CF5"/>
     <w:rsid w:val="00AA7D96"/>
     <w:rsid w:val="00AA7F77"/>
     <w:rsid w:val="00AB05C4"/>
     <w:rsid w:val="00AB0B4C"/>
     <w:rsid w:val="00AB5523"/>
     <w:rsid w:val="00AB5DF3"/>
     <w:rsid w:val="00AB616C"/>
     <w:rsid w:val="00AC1D6D"/>
     <w:rsid w:val="00AC3301"/>
     <w:rsid w:val="00AC33B9"/>
     <w:rsid w:val="00AC4D7E"/>
+    <w:rsid w:val="00AC5576"/>
     <w:rsid w:val="00AC5922"/>
     <w:rsid w:val="00AD1829"/>
     <w:rsid w:val="00AD277F"/>
     <w:rsid w:val="00AD4C1F"/>
     <w:rsid w:val="00AD5CDA"/>
     <w:rsid w:val="00AD7A82"/>
     <w:rsid w:val="00AE00BF"/>
     <w:rsid w:val="00AE1C4B"/>
     <w:rsid w:val="00AE73DD"/>
     <w:rsid w:val="00AE78A2"/>
     <w:rsid w:val="00AF09C7"/>
+    <w:rsid w:val="00AF09F6"/>
     <w:rsid w:val="00AF4DF3"/>
     <w:rsid w:val="00AF5A8D"/>
+    <w:rsid w:val="00AF6F5F"/>
     <w:rsid w:val="00AF7E53"/>
     <w:rsid w:val="00B005E4"/>
     <w:rsid w:val="00B02132"/>
     <w:rsid w:val="00B029F6"/>
     <w:rsid w:val="00B06458"/>
     <w:rsid w:val="00B11C13"/>
     <w:rsid w:val="00B125E0"/>
     <w:rsid w:val="00B146F4"/>
     <w:rsid w:val="00B1561D"/>
     <w:rsid w:val="00B17E04"/>
     <w:rsid w:val="00B2384A"/>
     <w:rsid w:val="00B23F2F"/>
+    <w:rsid w:val="00B24289"/>
     <w:rsid w:val="00B27685"/>
     <w:rsid w:val="00B31B85"/>
     <w:rsid w:val="00B32F16"/>
     <w:rsid w:val="00B3401B"/>
     <w:rsid w:val="00B37B6F"/>
     <w:rsid w:val="00B37CD9"/>
     <w:rsid w:val="00B407A9"/>
     <w:rsid w:val="00B434A9"/>
     <w:rsid w:val="00B4484E"/>
     <w:rsid w:val="00B51430"/>
     <w:rsid w:val="00B545A0"/>
     <w:rsid w:val="00B55601"/>
     <w:rsid w:val="00B57EBE"/>
     <w:rsid w:val="00B6118D"/>
     <w:rsid w:val="00B61497"/>
     <w:rsid w:val="00B627ED"/>
     <w:rsid w:val="00B6394C"/>
     <w:rsid w:val="00B63A8F"/>
     <w:rsid w:val="00B63AFA"/>
     <w:rsid w:val="00B669E6"/>
     <w:rsid w:val="00B66CD6"/>
     <w:rsid w:val="00B670FA"/>
     <w:rsid w:val="00B722BD"/>
     <w:rsid w:val="00B73ACA"/>
     <w:rsid w:val="00B74F59"/>
+    <w:rsid w:val="00B77CD4"/>
     <w:rsid w:val="00B8376C"/>
     <w:rsid w:val="00B904A9"/>
     <w:rsid w:val="00B92472"/>
     <w:rsid w:val="00B929B4"/>
     <w:rsid w:val="00B92FA4"/>
     <w:rsid w:val="00B946F7"/>
     <w:rsid w:val="00B9477C"/>
     <w:rsid w:val="00B96CB8"/>
     <w:rsid w:val="00BA0B45"/>
+    <w:rsid w:val="00BA102A"/>
     <w:rsid w:val="00BA147B"/>
     <w:rsid w:val="00BA6023"/>
     <w:rsid w:val="00BA7AB6"/>
     <w:rsid w:val="00BB16FB"/>
     <w:rsid w:val="00BB2019"/>
     <w:rsid w:val="00BB3936"/>
     <w:rsid w:val="00BB5FCF"/>
     <w:rsid w:val="00BC10EB"/>
     <w:rsid w:val="00BC4BF6"/>
     <w:rsid w:val="00BC5BAA"/>
     <w:rsid w:val="00BC745C"/>
     <w:rsid w:val="00BD1237"/>
     <w:rsid w:val="00BD3F49"/>
+    <w:rsid w:val="00BD4480"/>
     <w:rsid w:val="00BD503A"/>
     <w:rsid w:val="00BD5646"/>
     <w:rsid w:val="00BD57C6"/>
     <w:rsid w:val="00BD64A0"/>
     <w:rsid w:val="00BE0DB0"/>
     <w:rsid w:val="00BE77DE"/>
     <w:rsid w:val="00BE79FF"/>
     <w:rsid w:val="00BF14E8"/>
+    <w:rsid w:val="00BF2670"/>
     <w:rsid w:val="00C03CC3"/>
     <w:rsid w:val="00C04CCD"/>
     <w:rsid w:val="00C05ECB"/>
     <w:rsid w:val="00C065A4"/>
     <w:rsid w:val="00C1728D"/>
     <w:rsid w:val="00C20B9B"/>
     <w:rsid w:val="00C2116B"/>
     <w:rsid w:val="00C21D34"/>
     <w:rsid w:val="00C22BBF"/>
+    <w:rsid w:val="00C23507"/>
     <w:rsid w:val="00C23B5B"/>
     <w:rsid w:val="00C256A6"/>
     <w:rsid w:val="00C26C9C"/>
     <w:rsid w:val="00C26DEC"/>
     <w:rsid w:val="00C27702"/>
     <w:rsid w:val="00C3237D"/>
     <w:rsid w:val="00C33F52"/>
     <w:rsid w:val="00C34186"/>
     <w:rsid w:val="00C34234"/>
     <w:rsid w:val="00C34EAA"/>
     <w:rsid w:val="00C41DEB"/>
     <w:rsid w:val="00C42DEC"/>
     <w:rsid w:val="00C43B26"/>
     <w:rsid w:val="00C4409C"/>
     <w:rsid w:val="00C529E5"/>
     <w:rsid w:val="00C53C00"/>
     <w:rsid w:val="00C5450B"/>
     <w:rsid w:val="00C54C33"/>
     <w:rsid w:val="00C563AA"/>
     <w:rsid w:val="00C5707E"/>
+    <w:rsid w:val="00C60208"/>
     <w:rsid w:val="00C60742"/>
     <w:rsid w:val="00C614B8"/>
     <w:rsid w:val="00C6175D"/>
     <w:rsid w:val="00C63D99"/>
     <w:rsid w:val="00C6450B"/>
     <w:rsid w:val="00C6594F"/>
     <w:rsid w:val="00C65B7C"/>
     <w:rsid w:val="00C65BA9"/>
     <w:rsid w:val="00C66AED"/>
     <w:rsid w:val="00C67675"/>
     <w:rsid w:val="00C72F3B"/>
     <w:rsid w:val="00C74A4B"/>
     <w:rsid w:val="00C76420"/>
     <w:rsid w:val="00C76E37"/>
     <w:rsid w:val="00C771CF"/>
     <w:rsid w:val="00C81DB5"/>
     <w:rsid w:val="00C83344"/>
     <w:rsid w:val="00C845D3"/>
     <w:rsid w:val="00C854D7"/>
     <w:rsid w:val="00C8608A"/>
     <w:rsid w:val="00C862E9"/>
     <w:rsid w:val="00C8716B"/>
     <w:rsid w:val="00C91BBA"/>
     <w:rsid w:val="00C94377"/>
     <w:rsid w:val="00C94464"/>
     <w:rsid w:val="00C97D06"/>
     <w:rsid w:val="00CA105D"/>
     <w:rsid w:val="00CA375A"/>
     <w:rsid w:val="00CA3DA0"/>
     <w:rsid w:val="00CA41BF"/>
+    <w:rsid w:val="00CA643C"/>
     <w:rsid w:val="00CB139B"/>
     <w:rsid w:val="00CB13DC"/>
     <w:rsid w:val="00CB577B"/>
     <w:rsid w:val="00CB6EB1"/>
     <w:rsid w:val="00CB7D79"/>
+    <w:rsid w:val="00CC0D3B"/>
+    <w:rsid w:val="00CC149F"/>
     <w:rsid w:val="00CC1E3A"/>
     <w:rsid w:val="00CC2A13"/>
     <w:rsid w:val="00CC3247"/>
     <w:rsid w:val="00CC5431"/>
     <w:rsid w:val="00CC6E8A"/>
     <w:rsid w:val="00CC756D"/>
     <w:rsid w:val="00CC7E9F"/>
     <w:rsid w:val="00CD08FA"/>
+    <w:rsid w:val="00CD2786"/>
     <w:rsid w:val="00CD3288"/>
     <w:rsid w:val="00CD46F1"/>
     <w:rsid w:val="00CD55AD"/>
     <w:rsid w:val="00CD7BBF"/>
     <w:rsid w:val="00CE0D2F"/>
     <w:rsid w:val="00CE1BB7"/>
     <w:rsid w:val="00CE250F"/>
     <w:rsid w:val="00CE4CD3"/>
     <w:rsid w:val="00CF0CEA"/>
     <w:rsid w:val="00CF192D"/>
     <w:rsid w:val="00CF2A0D"/>
     <w:rsid w:val="00CF3256"/>
     <w:rsid w:val="00CF362C"/>
     <w:rsid w:val="00CF3FF9"/>
+    <w:rsid w:val="00CF5D8C"/>
     <w:rsid w:val="00D001E3"/>
     <w:rsid w:val="00D0167E"/>
     <w:rsid w:val="00D0197A"/>
     <w:rsid w:val="00D023FE"/>
     <w:rsid w:val="00D052F7"/>
     <w:rsid w:val="00D05E9B"/>
     <w:rsid w:val="00D07DBA"/>
     <w:rsid w:val="00D07DEF"/>
     <w:rsid w:val="00D103FC"/>
     <w:rsid w:val="00D1059A"/>
     <w:rsid w:val="00D1323C"/>
     <w:rsid w:val="00D13ADF"/>
     <w:rsid w:val="00D14679"/>
     <w:rsid w:val="00D17CAC"/>
     <w:rsid w:val="00D226CB"/>
     <w:rsid w:val="00D23B69"/>
     <w:rsid w:val="00D24432"/>
     <w:rsid w:val="00D26831"/>
     <w:rsid w:val="00D26D7B"/>
+    <w:rsid w:val="00D27130"/>
     <w:rsid w:val="00D276BC"/>
     <w:rsid w:val="00D317B1"/>
     <w:rsid w:val="00D3191D"/>
     <w:rsid w:val="00D32087"/>
     <w:rsid w:val="00D323B5"/>
     <w:rsid w:val="00D34792"/>
     <w:rsid w:val="00D3528F"/>
     <w:rsid w:val="00D35D9B"/>
     <w:rsid w:val="00D367BB"/>
     <w:rsid w:val="00D36DF0"/>
     <w:rsid w:val="00D414FA"/>
     <w:rsid w:val="00D4361D"/>
     <w:rsid w:val="00D47143"/>
     <w:rsid w:val="00D47EAD"/>
     <w:rsid w:val="00D50272"/>
     <w:rsid w:val="00D50CE6"/>
     <w:rsid w:val="00D532DE"/>
     <w:rsid w:val="00D5510D"/>
     <w:rsid w:val="00D555EA"/>
     <w:rsid w:val="00D57640"/>
     <w:rsid w:val="00D602FF"/>
     <w:rsid w:val="00D61D67"/>
     <w:rsid w:val="00D6657A"/>
     <w:rsid w:val="00D66CE7"/>
     <w:rsid w:val="00D703D2"/>
     <w:rsid w:val="00D71C77"/>
     <w:rsid w:val="00D73AE4"/>
     <w:rsid w:val="00D7422E"/>
     <w:rsid w:val="00D744D6"/>
     <w:rsid w:val="00D76044"/>
     <w:rsid w:val="00D7622B"/>
     <w:rsid w:val="00D80436"/>
     <w:rsid w:val="00D8404A"/>
     <w:rsid w:val="00D87384"/>
     <w:rsid w:val="00D91AF0"/>
     <w:rsid w:val="00D91E49"/>
     <w:rsid w:val="00D93F5B"/>
     <w:rsid w:val="00D944E0"/>
     <w:rsid w:val="00D95B54"/>
     <w:rsid w:val="00DA0936"/>
     <w:rsid w:val="00DA147B"/>
     <w:rsid w:val="00DA3CD0"/>
+    <w:rsid w:val="00DA5484"/>
     <w:rsid w:val="00DA5BD9"/>
     <w:rsid w:val="00DA65EE"/>
     <w:rsid w:val="00DA6F59"/>
     <w:rsid w:val="00DB0098"/>
     <w:rsid w:val="00DB2A9A"/>
     <w:rsid w:val="00DB2D91"/>
     <w:rsid w:val="00DB38F2"/>
+    <w:rsid w:val="00DB5492"/>
     <w:rsid w:val="00DB5601"/>
     <w:rsid w:val="00DB6A58"/>
     <w:rsid w:val="00DC1482"/>
     <w:rsid w:val="00DC4B56"/>
     <w:rsid w:val="00DC7F0E"/>
     <w:rsid w:val="00DD163D"/>
     <w:rsid w:val="00DD52A0"/>
     <w:rsid w:val="00DD5789"/>
     <w:rsid w:val="00DD64F3"/>
     <w:rsid w:val="00DD78B4"/>
     <w:rsid w:val="00DD7A58"/>
     <w:rsid w:val="00DE1227"/>
     <w:rsid w:val="00DE2794"/>
     <w:rsid w:val="00DE528E"/>
     <w:rsid w:val="00DE5987"/>
     <w:rsid w:val="00DE6813"/>
     <w:rsid w:val="00DE7C1D"/>
     <w:rsid w:val="00DF0D9E"/>
     <w:rsid w:val="00DF3AFE"/>
     <w:rsid w:val="00DF484D"/>
     <w:rsid w:val="00DF6C9C"/>
     <w:rsid w:val="00E00440"/>
     <w:rsid w:val="00E00697"/>
     <w:rsid w:val="00E01509"/>
     <w:rsid w:val="00E02785"/>
     <w:rsid w:val="00E10718"/>
     <w:rsid w:val="00E1632E"/>
+    <w:rsid w:val="00E16414"/>
     <w:rsid w:val="00E21723"/>
     <w:rsid w:val="00E2184B"/>
     <w:rsid w:val="00E21D32"/>
     <w:rsid w:val="00E25A8E"/>
     <w:rsid w:val="00E2613A"/>
     <w:rsid w:val="00E27894"/>
     <w:rsid w:val="00E311EC"/>
     <w:rsid w:val="00E313BD"/>
     <w:rsid w:val="00E33246"/>
     <w:rsid w:val="00E33602"/>
     <w:rsid w:val="00E36174"/>
     <w:rsid w:val="00E40575"/>
     <w:rsid w:val="00E42612"/>
     <w:rsid w:val="00E44442"/>
     <w:rsid w:val="00E44AAF"/>
     <w:rsid w:val="00E466B7"/>
     <w:rsid w:val="00E4703E"/>
     <w:rsid w:val="00E47DF4"/>
     <w:rsid w:val="00E51C3C"/>
     <w:rsid w:val="00E52551"/>
     <w:rsid w:val="00E52F69"/>
     <w:rsid w:val="00E6071E"/>
     <w:rsid w:val="00E60DC6"/>
     <w:rsid w:val="00E61B13"/>
     <w:rsid w:val="00E634E2"/>
     <w:rsid w:val="00E64A45"/>
     <w:rsid w:val="00E65F95"/>
+    <w:rsid w:val="00E666AA"/>
     <w:rsid w:val="00E66C65"/>
     <w:rsid w:val="00E726B0"/>
     <w:rsid w:val="00E72818"/>
     <w:rsid w:val="00E74989"/>
     <w:rsid w:val="00E76CCD"/>
     <w:rsid w:val="00E809FB"/>
     <w:rsid w:val="00E81DBE"/>
     <w:rsid w:val="00E8245B"/>
     <w:rsid w:val="00E84564"/>
     <w:rsid w:val="00E84CD7"/>
     <w:rsid w:val="00E90790"/>
     <w:rsid w:val="00E930F6"/>
+    <w:rsid w:val="00E946A5"/>
     <w:rsid w:val="00EA1E65"/>
+    <w:rsid w:val="00EA2C00"/>
     <w:rsid w:val="00EA3A67"/>
     <w:rsid w:val="00EA55DD"/>
     <w:rsid w:val="00EA5875"/>
     <w:rsid w:val="00EA7F5F"/>
     <w:rsid w:val="00EB0157"/>
     <w:rsid w:val="00EB1958"/>
     <w:rsid w:val="00EB1B07"/>
     <w:rsid w:val="00EB1EE0"/>
     <w:rsid w:val="00EB4CFC"/>
     <w:rsid w:val="00EB5964"/>
     <w:rsid w:val="00EB64DC"/>
     <w:rsid w:val="00EB72F6"/>
     <w:rsid w:val="00EB791E"/>
     <w:rsid w:val="00EC0099"/>
     <w:rsid w:val="00EC2E41"/>
     <w:rsid w:val="00EC3A6D"/>
     <w:rsid w:val="00EC400A"/>
     <w:rsid w:val="00EC4104"/>
     <w:rsid w:val="00EC5DDC"/>
     <w:rsid w:val="00EC755B"/>
     <w:rsid w:val="00ED0CB6"/>
     <w:rsid w:val="00ED22CC"/>
     <w:rsid w:val="00ED3678"/>
     <w:rsid w:val="00ED520C"/>
     <w:rsid w:val="00ED61AF"/>
     <w:rsid w:val="00EE03DD"/>
     <w:rsid w:val="00EE47B0"/>
     <w:rsid w:val="00EE6820"/>
     <w:rsid w:val="00EE719D"/>
     <w:rsid w:val="00EF2414"/>
     <w:rsid w:val="00EF2424"/>
     <w:rsid w:val="00EF2729"/>
     <w:rsid w:val="00EF2BD9"/>
     <w:rsid w:val="00EF3183"/>
+    <w:rsid w:val="00F062BE"/>
     <w:rsid w:val="00F102B7"/>
     <w:rsid w:val="00F114C9"/>
     <w:rsid w:val="00F13B0F"/>
     <w:rsid w:val="00F13D4D"/>
     <w:rsid w:val="00F13DDD"/>
     <w:rsid w:val="00F2029D"/>
+    <w:rsid w:val="00F22FDC"/>
     <w:rsid w:val="00F2459E"/>
     <w:rsid w:val="00F26431"/>
     <w:rsid w:val="00F27D1C"/>
     <w:rsid w:val="00F30098"/>
     <w:rsid w:val="00F411CF"/>
     <w:rsid w:val="00F411F1"/>
     <w:rsid w:val="00F429CA"/>
     <w:rsid w:val="00F42FF3"/>
+    <w:rsid w:val="00F51B66"/>
+    <w:rsid w:val="00F52500"/>
     <w:rsid w:val="00F533C7"/>
     <w:rsid w:val="00F54020"/>
     <w:rsid w:val="00F54209"/>
     <w:rsid w:val="00F5439F"/>
     <w:rsid w:val="00F54ECE"/>
     <w:rsid w:val="00F567D8"/>
     <w:rsid w:val="00F577C6"/>
     <w:rsid w:val="00F604B9"/>
     <w:rsid w:val="00F63274"/>
     <w:rsid w:val="00F660DD"/>
     <w:rsid w:val="00F66E77"/>
     <w:rsid w:val="00F66F1B"/>
     <w:rsid w:val="00F67D8B"/>
     <w:rsid w:val="00F70ADF"/>
     <w:rsid w:val="00F71528"/>
     <w:rsid w:val="00F733F0"/>
     <w:rsid w:val="00F75A37"/>
     <w:rsid w:val="00F76D35"/>
     <w:rsid w:val="00F772F6"/>
     <w:rsid w:val="00F77663"/>
     <w:rsid w:val="00F8058B"/>
     <w:rsid w:val="00F81CDA"/>
     <w:rsid w:val="00F842DE"/>
+    <w:rsid w:val="00F84BC9"/>
     <w:rsid w:val="00F85DD4"/>
     <w:rsid w:val="00F9232F"/>
     <w:rsid w:val="00F92ADD"/>
     <w:rsid w:val="00F94CFB"/>
     <w:rsid w:val="00F97627"/>
     <w:rsid w:val="00FA1172"/>
     <w:rsid w:val="00FA2112"/>
     <w:rsid w:val="00FA3DEC"/>
     <w:rsid w:val="00FB0B6C"/>
     <w:rsid w:val="00FB347F"/>
     <w:rsid w:val="00FB6AE6"/>
     <w:rsid w:val="00FB7E08"/>
     <w:rsid w:val="00FC1591"/>
     <w:rsid w:val="00FC21E7"/>
     <w:rsid w:val="00FC26F5"/>
     <w:rsid w:val="00FC294F"/>
     <w:rsid w:val="00FC32B4"/>
     <w:rsid w:val="00FC3713"/>
     <w:rsid w:val="00FC5B47"/>
     <w:rsid w:val="00FC660D"/>
     <w:rsid w:val="00FC7EA9"/>
     <w:rsid w:val="00FD136E"/>
     <w:rsid w:val="00FD1B28"/>
     <w:rsid w:val="00FD1EC7"/>
     <w:rsid w:val="00FD28B1"/>
+    <w:rsid w:val="00FD4CDF"/>
     <w:rsid w:val="00FE3E60"/>
     <w:rsid w:val="00FE7A16"/>
     <w:rsid w:val="00FF0E9E"/>
     <w:rsid w:val="00FF2E02"/>
     <w:rsid w:val="00FF7E2D"/>
     <w:rsid w:val="0FBE56C7"/>
     <w:rsid w:val="1F52159B"/>
     <w:rsid w:val="2445C2A6"/>
     <w:rsid w:val="2A8CED1B"/>
     <w:rsid w:val="2AD2E6D2"/>
     <w:rsid w:val="3341843E"/>
     <w:rsid w:val="38BBECDE"/>
     <w:rsid w:val="3D91D13B"/>
     <w:rsid w:val="410AC6C2"/>
     <w:rsid w:val="4BA8FCC6"/>
     <w:rsid w:val="4BFC4DCA"/>
     <w:rsid w:val="508B6B2B"/>
     <w:rsid w:val="52FF404E"/>
     <w:rsid w:val="5B785EC9"/>
     <w:rsid w:val="6077AF8D"/>
     <w:rsid w:val="631E8E62"/>
     <w:rsid w:val="65002744"/>
     <w:rsid w:val="7373458D"/>
     <w:rsid w:val="74C7D11E"/>
     <w:rsid w:val="797E297C"/>
@@ -29839,95 +31989,91 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="26d81215-cfa5-4b41-94b0-2827e70eb11a" xsi:nil="true"/>
     <AP xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">false</AP>
     <AA xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">true</AA>
     <Createdby xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Createdby>
     <AR xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">false</AR>
     <SharedWithUsers xmlns="26d81215-cfa5-4b41-94b0-2827e70eb11a">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010073A90DB4E298DF48979A6FA7847D33A2" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="60574e1280d58cb5d518d108044e426b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="769612c4-c021-4b5c-a664-ed7cb5476d04" xmlns:ns3="26d81215-cfa5-4b41-94b0-2827e70eb11a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="74a7f8938242d911c536716664f9a293" ns2:_="" ns3:_="">
     <xsd:import namespace="769612c4-c021-4b5c-a664-ed7cb5476d04"/>
     <xsd:import namespace="26d81215-cfa5-4b41-94b0-2827e70eb11a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Createdby" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:AP" minOccurs="0"/>
@@ -30182,140 +32328,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97109848-92EE-4FA8-A4E9-3EC0E43F2FDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16D12520-5F70-4ECF-9E26-E3EC9CBDD6B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE9F1BCD-91B7-4B9D-AB1F-40F1647222AA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="769612c4-c021-4b5c-a664-ed7cb5476d04"/>
     <ds:schemaRef ds:uri="26d81215-cfa5-4b41-94b0-2827e70eb11a"/>
-    <ds:schemaRef ds:uri="769612c4-c021-4b5c-a664-ed7cb5476d04"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78E30446-A77F-4C57-AEB6-0589DA0CBECB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="769612c4-c021-4b5c-a664-ed7cb5476d04"/>
     <ds:schemaRef ds:uri="26d81215-cfa5-4b41-94b0-2827e70eb11a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA06605A-EDD5-412F-B228-7864480B1FE0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2026</Words>
-  <Characters>11550</Characters>
+  <Words>2125</Words>
+  <Characters>12113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Request for Transaction Certificate/ USDA Export Certificate (TM-11)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Florida Organic Growers</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13549</CharactersWithSpaces>
+  <CharactersWithSpaces>14210</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>7405644</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:imports@qcsinfo.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2555996</vt:i4>
       </vt:variant>
       <vt:variant>