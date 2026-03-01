--- v0 (2025-10-29)
+++ v1 (2026-03-01)
@@ -1,575 +1,236 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\amaxwell\OneDrive - Florida Certified Organic Growers &amp; Consumers, Inc\Desktop 1\September 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/January 2026/Tracking/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54843DF5-41DA-4E1A-BB90-9202F9EB498C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="16" documentId="8_{3BB797F8-BFD0-498A-8618-778997C8473F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A6DD4BD3-5781-4F3F-9707-558F2E323F90}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="7485" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="12">
   <si>
     <t>Client ID</t>
   </si>
   <si>
     <t>Operation Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Service</t>
   </si>
   <si>
-    <t>date</t>
-[...10 lines deleted...]
-  <si>
     <t>ECUADOR</t>
   </si>
   <si>
-    <t>EU 834,EU 834 Handler,EU 834 Grower Group</t>
-[...269 lines deleted...]
-(crop(s) or animal(s) affected) in accordance with Article 42(1) of Regulation (EU) 2018/848 </t>
+    <t>ECUADOR FRUIT COMPANY EFC.S.A.S</t>
+  </si>
+  <si>
+    <t>EU 848 Crop</t>
+  </si>
+  <si>
+    <t>Measure: No reference to organic production in the labelling and advertising of the entire lot or production run concerned (crop(s) or animal(s) affected) in accordance with Article 42(1) of Regulation (EU) 2018/848. The lime lots WK51-lote 17/COI.EC.2025.0013047 and WK48-lote 16/COI.EC.2025.0012287 cannot be marketed as organic.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Date </t>
+  </si>
+  <si>
+    <t>Product Downgraded</t>
+  </si>
+  <si>
+    <t>Measure: No reference to organic production in the labelling and advertising of the entire lot or production run concerned (crop(s) or animal(s) affected) in accordance with Article 42(1) of Regulation (EU) 2018/848. Fruit that was covered with Banaplast bags from August 27, 2025, until the fruit was covered in week 45 of 2025 must not be marketed as Organic.</t>
+  </si>
+  <si>
+    <t>ROSARIO ISABEL CEVALLOS RODRIGUEZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...12 lines deleted...]
-      <color rgb="FF000000"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
-      <name val="Microsoft Sans Serif"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
       <family val="2"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-[...11 lines deleted...]
-        <fgColor rgb="FFC6EFCE"/>
+        <fgColor theme="4"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...20 lines deleted...]
-      <alignment wrapText="1"/>
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Good" xfId="1" builtinId="26"/>
+    <cellStyle name="Accent1" xfId="1" builtinId="29"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -829,788 +490,178 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M34"/>
+  <dimension ref="A1:F3"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A26" workbookViewId="0">
-      <selection activeCell="I34" sqref="I34"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="9" style="5"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="54.59765625" style="6" customWidth="1"/>
+    <col min="1" max="1" width="9" style="1"/>
+    <col min="2" max="2" width="34" style="2" customWidth="1"/>
+    <col min="3" max="3" width="18" style="2" customWidth="1"/>
+    <col min="4" max="4" width="54" style="2" customWidth="1"/>
+    <col min="5" max="5" width="14.73046875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="54.59765625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.45">
-      <c r="A1" s="5" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.45">
+      <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="6" t="s">
+      <c r="E1" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="85.5" x14ac:dyDescent="0.45">
+      <c r="A2" s="1">
+        <v>7580</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="6" t="s">
+      <c r="D2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="3">
+        <v>46034</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="85.5" x14ac:dyDescent="0.45">
+      <c r="A3" s="1">
+        <v>6417</v>
+      </c>
+      <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="8" t="s">
+      <c r="C3" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="6" t="s">
+      <c r="E3" s="3">
+        <v>46041</v>
+      </c>
+      <c r="F3" s="6" t="s">
         <v>7</v>
-      </c>
-[...661 lines deleted...]
-        <v>94</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F31">
-    <sortCondition ref="E1:E31"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F3">
+    <sortCondition ref="E1:E3"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <AP xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">false</AP>
+    <TaxCatchAll xmlns="26d81215-cfa5-4b41-94b0-2827e70eb11a" xsi:nil="true"/>
+    <Createdby xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Createdby>
+    <AR xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">false</AR>
+    <AA xmlns="769612c4-c021-4b5c-a664-ed7cb5476d04">true</AA>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010073A90DB4E298DF48979A6FA7847D33A2" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8f75a2dd17b2b875b121744bfd525a61">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="769612c4-c021-4b5c-a664-ed7cb5476d04" xmlns:ns3="26d81215-cfa5-4b41-94b0-2827e70eb11a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a97a89ee509676e06bb44f0983c2d61a" ns2:_="" ns3:_="">
     <xsd:import namespace="769612c4-c021-4b5c-a664-ed7cb5476d04"/>
     <xsd:import namespace="26d81215-cfa5-4b41-94b0-2827e70eb11a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Createdby" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:AP" minOccurs="0"/>
@@ -1859,105 +910,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E60B71C-4DE1-406F-A17B-35ABFB919172}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F636BD86-7A26-416F-B9F8-E2090F666D02}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="769612c4-c021-4b5c-a664-ed7cb5476d04"/>
+    <ds:schemaRef ds:uri="26d81215-cfa5-4b41-94b0-2827e70eb11a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1B1D9B7-5049-445A-8487-8EECCE6AB12A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="769612c4-c021-4b5c-a664-ed7cb5476d04"/>
     <ds:schemaRef ds:uri="26d81215-cfa5-4b41-94b0-2827e70eb11a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="26d81215-cfa5-4b41-94b0-2827e70eb11a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>