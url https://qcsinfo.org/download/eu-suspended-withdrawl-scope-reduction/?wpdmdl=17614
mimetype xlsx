--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -1,137 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/October 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/December 2025/Tracking/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="23" documentId="8_{BCC1722F-62CA-47A4-943C-F1FD41090D6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5B32D136-25DA-4BA6-BA69-80521CB62002}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="8_{13DBF8FF-4C05-4738-A09D-1F2A4CC8C6D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BF0802CA-35E9-4A7A-AE3C-35C099D5C987}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="7485" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="23">
   <si>
     <t>Client ID</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Service</t>
   </si>
   <si>
     <t>Master service</t>
   </si>
   <si>
     <t>Contract status</t>
   </si>
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Period of Measure</t>
   </si>
   <si>
     <t>ECUADOR</t>
   </si>
   <si>
     <t>DOMINICAN REPUBLIC</t>
   </si>
   <si>
     <t>EU-Notice of Temporary Block</t>
   </si>
   <si>
     <t>ROSARIO ISABEL CEVALLOS RODRIGUEZ</t>
   </si>
   <si>
     <t>Cooperativa Agropecuaria y de Servicios Multiples (COOPABANDO) (julio Angel Rodriguez Cruz)</t>
   </si>
   <si>
     <t xml:space="preserve">Ramón Alexander Diaz Gómez </t>
   </si>
   <si>
     <t>EU 848 Crop</t>
   </si>
   <si>
     <t xml:space="preserve">EU 848 A </t>
+  </si>
+  <si>
+    <t>Desarrollus S.A.</t>
+  </si>
+  <si>
+    <t>3669</t>
+  </si>
+  <si>
+    <t>Asociacion de Productores de Exportacion de Montecristi, INC (ASEXBAM)</t>
+  </si>
+  <si>
+    <t>EU 848 Handler</t>
+  </si>
+  <si>
+    <t>EU 848 A</t>
+  </si>
+  <si>
+    <t>Canceled</t>
+  </si>
+  <si>
+    <t>N/A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
+  </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -145,59 +169,65 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
@@ -473,64 +503,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="K10" sqref="K10"/>
+      <selection activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.73046875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="31.86328125" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="8" width="22.86328125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="31.86328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="62" style="4" customWidth="1"/>
+    <col min="3" max="4" width="22.86328125" style="4" customWidth="1"/>
+    <col min="5" max="5" width="16.73046875" style="4" customWidth="1"/>
+    <col min="6" max="6" width="34.59765625" style="4" customWidth="1"/>
+    <col min="7" max="8" width="22.86328125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -591,50 +621,102 @@
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.45">
       <c r="A4" s="2">
         <v>4216</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="3">
         <v>45941</v>
       </c>
       <c r="H4" s="3">
         <v>46031</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A5" s="2">
+        <v>1464</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="3">
+        <v>45981</v>
+      </c>
+      <c r="H5" s="3">
+        <v>45706</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45994</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">