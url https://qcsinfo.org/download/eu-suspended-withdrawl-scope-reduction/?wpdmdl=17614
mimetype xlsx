--- v1 (2025-12-22)
+++ v2 (2026-02-10)
@@ -1,750 +1,956 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/December 2025/Tracking/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/February 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="8_{13DBF8FF-4C05-4738-A09D-1F2A4CC8C6D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BF0802CA-35E9-4A7A-AE3C-35C099D5C987}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EC3F1E92-C285-49FB-B20D-ABDA419C21A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet 1" sheetId="1" r:id="rId1"/>
+    <sheet name="sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="36">
   <si>
     <t>Client ID</t>
   </si>
   <si>
-    <t>Name</t>
+    <t>Operation Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
-    <t>Service</t>
-[...5 lines deleted...]
-    <t>Contract status</t>
+    <t>Services</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>3669</t>
+  </si>
+  <si>
+    <t>Asociacion de Productores de Exportacion de Montecristi, INC (ASEXBAM)</t>
+  </si>
+  <si>
+    <t>DOMINICAN REPUBLIC</t>
+  </si>
+  <si>
+    <t>EU 848 Handler</t>
+  </si>
+  <si>
+    <t>EU 848 A</t>
+  </si>
+  <si>
+    <t>Canceled</t>
+  </si>
+  <si>
+    <t>3981</t>
+  </si>
+  <si>
+    <t>Aristoteles Alberto Ysalguez Almonte</t>
+  </si>
+  <si>
+    <t>EU 848 Crop</t>
+  </si>
+  <si>
+    <t>4037</t>
+  </si>
+  <si>
+    <t>Sunrise Foods FZE</t>
+  </si>
+  <si>
+    <t>UNITED ARAB EMIRATES</t>
+  </si>
+  <si>
+    <t>EU 848 Processor</t>
+  </si>
+  <si>
+    <t>EU 848 D</t>
+  </si>
+  <si>
+    <t>4225</t>
+  </si>
+  <si>
+    <t>Juan Maria Otis Dominguez Rojas</t>
+  </si>
+  <si>
+    <t>ECUADOR</t>
+  </si>
+  <si>
+    <t>7502</t>
+  </si>
+  <si>
+    <t>ASOCIACION DE PRODUCCION AGRICOLA MONO BRAVO ASODPAMB</t>
+  </si>
+  <si>
+    <t>EU 848 Producer Group</t>
+  </si>
+  <si>
+    <t>ROSARIO ISABEL CEVALLOS RODRIGUEZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EU 848 A </t>
+  </si>
+  <si>
+    <t>EU-Notice of Temporary Block</t>
+  </si>
+  <si>
+    <t>Cooperativa Agropecuaria y de Servicios Multiples (COOPABANDO) (julio Angel Rodriguez Cruz)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ramón Alexander Diaz Gómez </t>
+  </si>
+  <si>
+    <t>Desarrollus S.A.</t>
+  </si>
+  <si>
+    <t>POMA TORRES TEOFILO BENIGNO</t>
+  </si>
+  <si>
+    <t>Period of Measure</t>
   </si>
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
-    <t>Period of Measure</t>
-[...44 lines deleted...]
-    <t>N/A</t>
+    <t>UYAMAFARMS S.A.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FFFFFFFF"/>
-      <name val="Calibri"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF306176"/>
-        <bgColor indexed="64"/>
+        <fgColor theme="5"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Accent2" xfId="1" builtinId="33"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="H10" sqref="H10"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.73046875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="31.86328125" style="4" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="8" width="22.86328125" style="4" customWidth="1"/>
+    <col min="1" max="1" width="9.06640625" style="1"/>
+    <col min="2" max="2" width="46.796875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="22.3984375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="16.9296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="9.06640625" style="1"/>
+    <col min="6" max="6" width="26.9296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="30.6640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="22.6640625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H1" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="A2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="B2" s="3" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="2">
+      <c r="C2" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="6">
+        <v>45994</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="6">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="6">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="6">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="A7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="6">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A8" s="1">
         <v>7580</v>
       </c>
-      <c r="B2" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="2" t="s">
+      <c r="B8" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" s="2">
+        <v>45909</v>
+      </c>
+      <c r="H8" s="2">
+        <v>45998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="A9" s="1">
+        <v>3152</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E2" s="2" t="s">
-[...22 lines deleted...]
-      <c r="D3" s="2" t="s">
+      <c r="E9" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="2">
+        <v>45925</v>
+      </c>
+      <c r="H9" s="2">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A10" s="1">
+        <v>4216</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="2" t="s">
-[...22 lines deleted...]
-      <c r="D4" s="2" t="s">
+      <c r="E10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="2">
+        <v>45941</v>
+      </c>
+      <c r="H10" s="2">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A11" s="1">
+        <v>1464</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E4" s="2" t="s">
-[...22 lines deleted...]
-      <c r="D5" s="2" t="s">
+      <c r="E11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11" s="2">
+        <v>45981</v>
+      </c>
+      <c r="H11" s="2">
+        <v>45706</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A12" s="1">
+        <v>7622</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="2" t="s">
-[...34 lines deleted...]
-      <c r="H6" s="2" t="s">
+      <c r="E12" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G12" s="2">
+        <v>46018</v>
+      </c>
+      <c r="H12" s="2">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A13" s="1">
+        <v>2866</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>22</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" s="2">
+        <v>46059</v>
+      </c>
+      <c r="H13" s="2">
+        <v>46149</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet 1</vt:lpstr>
+      <vt:lpstr>sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Adam Maxwell</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>