--- v2 (2026-02-10)
+++ v3 (2026-03-28)
@@ -1,187 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/February 2026/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/heidi_qcsinfo_org/Documents/CAEQ EU Operation Data Pulls/mar 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EC3F1E92-C285-49FB-B20D-ABDA419C21A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="63" documentId="11_F6E68D9A88EF2E081061005C784339F02102364B" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6A542BDE-3AED-4AEF-A2FD-69C657A79078}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="37">
   <si>
     <t>Client ID</t>
   </si>
   <si>
     <t>Operation Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>ECUADOR</t>
+  </si>
+  <si>
+    <t>EU 848 Handler</t>
+  </si>
+  <si>
+    <t>Canceled</t>
+  </si>
+  <si>
+    <t>EU 848 Processor</t>
+  </si>
+  <si>
+    <t>EU 848 Crop</t>
+  </si>
+  <si>
+    <t>EU 848 A</t>
+  </si>
+  <si>
     <t>3669</t>
   </si>
   <si>
     <t>Asociacion de Productores de Exportacion de Montecristi, INC (ASEXBAM)</t>
   </si>
   <si>
     <t>DOMINICAN REPUBLIC</t>
   </si>
   <si>
-    <t>EU 848 Handler</t>
-[...7 lines deleted...]
-  <si>
     <t>3981</t>
   </si>
   <si>
     <t>Aristoteles Alberto Ysalguez Almonte</t>
   </si>
   <si>
-    <t>EU 848 Crop</t>
+    <t>4225</t>
+  </si>
+  <si>
+    <t>Juan Maria Otis Dominguez Rojas</t>
+  </si>
+  <si>
+    <t>7502</t>
+  </si>
+  <si>
+    <t>ASOCIACION DE PRODUCCION AGRICOLA MONO BRAVO ASODPAMB</t>
+  </si>
+  <si>
+    <t>EU 848 Producer Group</t>
+  </si>
+  <si>
+    <t>Issuance Date</t>
+  </si>
+  <si>
+    <t>Period of Measure</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>Sunrise Foods FZE</t>
   </si>
   <si>
     <t>UNITED ARAB EMIRATES</t>
   </si>
   <si>
-    <t>EU 848 Processor</t>
-[...1 lines deleted...]
-  <si>
     <t>EU 848 D</t>
   </si>
   <si>
-    <t>4225</t>
-[...16 lines deleted...]
-  <si>
     <t>ROSARIO ISABEL CEVALLOS RODRIGUEZ</t>
   </si>
   <si>
     <t xml:space="preserve">EU 848 A </t>
   </si>
   <si>
     <t>EU-Notice of Temporary Block</t>
   </si>
   <si>
     <t>Cooperativa Agropecuaria y de Servicios Multiples (COOPABANDO) (julio Angel Rodriguez Cruz)</t>
   </si>
   <si>
     <t xml:space="preserve">Ramón Alexander Diaz Gómez </t>
   </si>
   <si>
     <t>Desarrollus S.A.</t>
   </si>
   <si>
     <t>POMA TORRES TEOFILO BENIGNO</t>
   </si>
   <si>
-    <t>Period of Measure</t>
-[...4 lines deleted...]
-  <si>
     <t>UYAMAFARMS S.A.</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN DE PRODUCCIÓN AGRÍCOLA PRODUCCIÓN Y VIDA ASOAGRIPROVI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
       </patternFill>
     </fill>
   </fills>
@@ -189,96 +198,100 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Accent2" xfId="1" builtinId="33"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -554,403 +567,438 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:K14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.06640625" style="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="22.6640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="18.54296875" customWidth="1"/>
+    <col min="2" max="2" width="16" customWidth="1"/>
+    <col min="3" max="3" width="13.81640625" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" customWidth="1"/>
+    <col min="5" max="5" width="16.26953125" customWidth="1"/>
+    <col min="6" max="6" width="15.81640625" customWidth="1"/>
+    <col min="7" max="7" width="15.453125" customWidth="1"/>
+    <col min="8" max="8" width="12.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.45">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5" t="s">
+      <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="4" t="s">
+      <c r="F1" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="4" t="s">
+      <c r="G1" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H1" s="5" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="73" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="2">
+        <v>1464</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G2" s="3">
+        <v>45981</v>
+      </c>
+      <c r="H2" s="3">
+        <v>45706</v>
+      </c>
+      <c r="K2" s="1"/>
+    </row>
+    <row r="3" spans="1:11" ht="73" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="2">
+        <v>2866</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" s="10">
+        <v>46059</v>
+      </c>
+      <c r="H3" s="10">
+        <v>46065</v>
+      </c>
+      <c r="K3" s="1"/>
+    </row>
+    <row r="4" spans="1:11" ht="87" x14ac:dyDescent="0.35">
+      <c r="A4" s="2">
+        <v>3152</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G4" s="3">
+        <v>45925</v>
+      </c>
+      <c r="H4" s="3">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="85.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="2">
+        <v>3264</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="3">
+        <v>46066</v>
+      </c>
+      <c r="H5" s="3">
+        <v>46156</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="90" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="2">
+        <v>4216</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="3">
+        <v>45941</v>
+      </c>
+      <c r="H6" s="3">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="2">
+        <v>7580</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="3">
+        <v>45909</v>
+      </c>
+      <c r="H7" s="3">
+        <v>45998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="2">
+        <v>7622</v>
+      </c>
+      <c r="B8" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="H1" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="C8" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="D8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" s="3">
+        <v>46018</v>
+      </c>
+      <c r="H8" s="3">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="37" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="E9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="G9" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H9" s="8"/>
+    </row>
+    <row r="10" spans="1:11" ht="97" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="G10" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H10" s="8"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A11" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="E11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="G11" s="7">
+        <v>46030</v>
+      </c>
+      <c r="H11" s="8"/>
+    </row>
+    <row r="12" spans="1:11" ht="29" x14ac:dyDescent="0.35">
+      <c r="A12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="G2" s="6">
-[...10 lines deleted...]
-      <c r="C3" s="1" t="s">
+      <c r="F12" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="1" t="s">
+      <c r="G12" s="7">
+        <v>46009</v>
+      </c>
+      <c r="H12" s="8"/>
+    </row>
+    <row r="13" spans="1:11" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="6">
-[...16 lines deleted...]
-      <c r="E4" s="1" t="s">
+      <c r="F13" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="G13" s="7">
+        <v>46022</v>
+      </c>
+      <c r="H13" s="8"/>
+    </row>
+    <row r="14" spans="1:11" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="B14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="G4" s="6">
-[...10 lines deleted...]
-      <c r="C5" s="1" t="s">
+      <c r="F14" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...31 lines deleted...]
-      <c r="G6" s="6">
+      <c r="G14" s="7">
         <v>46022</v>
       </c>
-    </row>
-[...177 lines deleted...]
-      </c>
+      <c r="H14" s="8"/>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A15">
+    <sortCondition ref="A1:A15"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Adam Maxwell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>