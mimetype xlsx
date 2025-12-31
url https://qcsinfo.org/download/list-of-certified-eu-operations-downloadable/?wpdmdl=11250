--- v0 (2025-10-29)
+++ v1 (2025-12-31)
@@ -1,68 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/October 2025/Tracking/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/December 2025/Tracking/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="10" documentId="8_{99A0F0FF-3CDC-4182-8F7C-06C2E132763F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9DFEA010-8619-400C-A550-79410AFB7F6E}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{314F7278-0EA4-495D-A989-CB4BD487E7A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="7485" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1838" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1686" uniqueCount="717">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Client</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>Town</t>
   </si>
   <si>
     <t>State/Province</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Certified</t>
   </si>
   <si>
     <t>Group of Operators</t>
   </si>
   <si>
@@ -164,2172 +162,2189 @@
   <si>
     <t>Km 1.5 Vía a Samborondón</t>
   </si>
   <si>
     <t>Samborondon</t>
   </si>
   <si>
     <t>Bananas, Cacao Beans</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>Carlos José Dávila Escudero</t>
   </si>
   <si>
     <t>Gaspar Sangurima 8-89</t>
   </si>
   <si>
     <t>Cuenca</t>
   </si>
   <si>
     <t>Azuay</t>
   </si>
   <si>
-    <t>Cacao, Other Chocolate Goods, Chocolate Nibs, Cacao powder, Cacao manteca/butter, Cacao licor/mass/paste, Cacao Beans, Bitter Chocolate</t>
+    <t>EC-BIO-144.218-0000842.2025.003</t>
+  </si>
+  <si>
+    <t>EU 848 A, EU 848 D</t>
+  </si>
+  <si>
+    <t>Cacao Beans, Bitter Chocolate, Cacao licor/mass/paste, Cacao manteca/butter, Cacao powder, Chocolate Nibs, Cacao, Other Chocolate Goods</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>Guarionex Domingo Garcia Pujols</t>
   </si>
   <si>
     <t>Pról, José Ismael reyes, casa 13, Yerba de Guinea.</t>
   </si>
   <si>
     <t>Mao</t>
   </si>
   <si>
     <t>Valverde</t>
   </si>
   <si>
     <t>DOMINICAN REPUBLIC</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>Lidia Azucena Jara Molina</t>
   </si>
   <si>
     <t>Av. Principal s/n, Km. 37</t>
   </si>
   <si>
     <t>Naranjal</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000382.2025.001</t>
   </si>
   <si>
-    <t>EU 834 A,EU 848 A</t>
-[...1 lines deleted...]
-  <si>
     <t>Bananas, Fallow</t>
   </si>
   <si>
-    <t>Fallow, Bananas</t>
-[...1 lines deleted...]
-  <si>
     <t>2051</t>
   </si>
   <si>
     <t>Valencorp Industria Cacaotera Kuntucao Cía. Ltda.</t>
   </si>
   <si>
     <t>Nicolás Cortez S1-375</t>
   </si>
   <si>
     <t>Quito</t>
   </si>
   <si>
     <t>Pichincha</t>
   </si>
   <si>
-    <t>EU834-001064-2020</t>
-[...5 lines deleted...]
-    <t>Bitter Chocolate, Cacao Beans, Cacao husk, Cacao licor/mass/paste, Cacao manteca/butter, Cacao powder, Chocolate, Chocolate Nibs, Dried cacao grains, Polvillo de cacao, Toasted cacao, Torta de cacao</t>
+    <t>EC-BIO-144.218-0001096.2025.001</t>
+  </si>
+  <si>
+    <t>EU 848 D</t>
+  </si>
+  <si>
+    <t>Chocolate Nibs, Cacao husk, Cacao powder, Cacao manteca/butter, Cacao licor/mass/paste, Bitter Chocolate, Cacao Beans, Chocolate, Dried cacao grains, Polvillo de cacao, Toasted cacao, Torta de cacao</t>
+  </si>
+  <si>
+    <t>2111</t>
+  </si>
+  <si>
+    <t>Dario Antonio Bueno</t>
+  </si>
+  <si>
+    <t>Simon Bolivar casa 50, Carlos Daniel</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000198.2025.002</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>Deli Honduras S.A.de C.V.</t>
   </si>
   <si>
     <t>Kilómetro 2 Carretera a Orocuina</t>
   </si>
   <si>
     <t>Departamento de Choluteca</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>HONDURAS</t>
+  </si>
+  <si>
+    <t>HN-BIO-144.340-0000132.2025.001</t>
+  </si>
+  <si>
+    <t>EU 848 C
+EU 848 C, EU 848 D</t>
+  </si>
+  <si>
+    <t>Shrimp, Shrimp (head)</t>
+  </si>
+  <si>
+    <t>2267</t>
+  </si>
+  <si>
+    <t>Galo Molina Molina</t>
+  </si>
+  <si>
+    <t>AVDA. MALECON</t>
+  </si>
+  <si>
+    <t>Salinas</t>
+  </si>
+  <si>
+    <t>Santa Elena</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001095.2025.001</t>
+  </si>
+  <si>
+    <t>2293</t>
+  </si>
+  <si>
+    <t>Jose Luis Popoteur Grullon</t>
+  </si>
+  <si>
+    <t>Colon, Casa #6, Guayubin</t>
+  </si>
+  <si>
+    <t>Monte Cristi</t>
+  </si>
+  <si>
+    <t>2349</t>
+  </si>
+  <si>
+    <t>Plantain Republic / República del Plátano Exportplantain S.A.</t>
+  </si>
+  <si>
+    <t>Av. 15 de abril</t>
+  </si>
+  <si>
+    <t>Portoviejo</t>
+  </si>
+  <si>
+    <t>Manabi</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001114.2025.002</t>
+  </si>
+  <si>
+    <t>Plantain Chips</t>
+  </si>
+  <si>
+    <t>2376</t>
+  </si>
+  <si>
+    <t>Rafael Epifanio Infante</t>
+  </si>
+  <si>
+    <t>Carretera Principal Casa 29, Platanal Afuera, Santiago de los Caballeros</t>
+  </si>
+  <si>
+    <t>La Canela</t>
+  </si>
+  <si>
+    <t>Santiago</t>
+  </si>
+  <si>
+    <t>2522</t>
+  </si>
+  <si>
+    <t>Productos Elaborados Bolivar S.A. PEBSA</t>
+  </si>
+  <si>
+    <t>1er Pasaje calle 38E N-O y Calle 28 N-O</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000394.2025.001</t>
+  </si>
+  <si>
+    <t>Dehydrated Bananas</t>
+  </si>
+  <si>
+    <t>2569</t>
+  </si>
+  <si>
+    <t>Banamek International, Corp.</t>
+  </si>
+  <si>
+    <t>Carretera Jose Oscar Peña No 5, Hato Nuevo</t>
+  </si>
+  <si>
+    <t>2611</t>
+  </si>
+  <si>
+    <t>Vitaliano Granda</t>
+  </si>
+  <si>
+    <t>Vía Panamericana s/n</t>
+  </si>
+  <si>
+    <t>Santa Rosa</t>
+  </si>
+  <si>
+    <t>El Oro</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000389.2025.001</t>
+  </si>
+  <si>
+    <t>2683</t>
+  </si>
+  <si>
+    <t>Frutasiete Cía. Ltda.</t>
+  </si>
+  <si>
+    <t>Solar 13 Manzana 200</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000388.2025.001</t>
+  </si>
+  <si>
+    <t>EU 848 A, T2</t>
+  </si>
+  <si>
+    <t>2906</t>
+  </si>
+  <si>
+    <t>Asociación Agropecuaria La Y de Cucuy</t>
+  </si>
+  <si>
+    <t>Sitio La Y de Cucuy</t>
+  </si>
+  <si>
+    <t>Chone</t>
+  </si>
+  <si>
+    <t>Manabí</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001099.2025.001</t>
+  </si>
+  <si>
+    <t>EU 848 A, T1, T2</t>
+  </si>
+  <si>
+    <t>Plantain, Cacao, Plantains, Other</t>
+  </si>
+  <si>
+    <t>2918</t>
+  </si>
+  <si>
+    <t>Larvicultura del Pacifico S.A</t>
+  </si>
+  <si>
+    <t>Kilometro 2 carretera a Orocuina</t>
+  </si>
+  <si>
+    <t>HN-BIO-144.340-0000135.2025.001</t>
   </si>
   <si>
     <t>EU 848 C
 EU 848 C</t>
   </si>
   <si>
-    <t>HN-BIO-144.340-0000132.2025.001</t>
+    <t>Shrimp Larvae</t>
+  </si>
+  <si>
+    <t>3002</t>
+  </si>
+  <si>
+    <t>Ecuamoringa S.A.</t>
+  </si>
+  <si>
+    <t>Arq. Federico González Suárez 233</t>
+  </si>
+  <si>
+    <t>Moringa powder, Dried moringa leaves</t>
+  </si>
+  <si>
+    <t>3025</t>
+  </si>
+  <si>
+    <t>MQManga S.A.</t>
+  </si>
+  <si>
+    <t>Rcto Las Mercedes</t>
+  </si>
+  <si>
+    <t>Isidro Ayora</t>
+  </si>
+  <si>
+    <t>Mangos, Tamarind</t>
+  </si>
+  <si>
+    <t>3037</t>
+  </si>
+  <si>
+    <t>Oreste Patricio San Martin Cuenca</t>
+  </si>
+  <si>
+    <t>LA FERROVIARIA</t>
+  </si>
+  <si>
+    <t>Machala</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001102.2025.001</t>
+  </si>
+  <si>
+    <t>3041</t>
+  </si>
+  <si>
+    <t>PT Green Mountain Purveyors DBA Green Mountain Pure</t>
+  </si>
+  <si>
+    <t>Menara Ravindo Lt. 12, Jalan Kebon Sirih Kav. 75, Kel. Kebon Sirih, Kec. Menteng</t>
+  </si>
+  <si>
+    <t>Jakarta Pusat</t>
+  </si>
+  <si>
+    <t>DKI Jakarta</t>
+  </si>
+  <si>
+    <t>INDONESIA</t>
+  </si>
+  <si>
+    <t>ID-BIO-144.360-0000384.2025.002</t>
+  </si>
+  <si>
+    <t>Coconut Sap/ Coconut Palm Sap (Raw), Sweeteners, Other Condiments and Sweeteners</t>
+  </si>
+  <si>
+    <t>3058</t>
+  </si>
+  <si>
+    <t>Bananera Locuras S.A. BANLOCSA</t>
+  </si>
+  <si>
+    <t>Arcesio Correa, Villa 7</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000305.2025.002</t>
+  </si>
+  <si>
+    <t>3072</t>
+  </si>
+  <si>
+    <t>Serrano Loja Tito Leonel</t>
+  </si>
+  <si>
+    <t>VIA A CUENCA  S/N</t>
+  </si>
+  <si>
+    <t>Pasaje</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000126.2025.001</t>
+  </si>
+  <si>
+    <t>3087</t>
+  </si>
+  <si>
+    <t>Tryskelwork Soluciones S.A.</t>
+  </si>
+  <si>
+    <t>A 3,5 kilometros de la Junta Parroquial de Cotundo</t>
+  </si>
+  <si>
+    <t>Archidona</t>
+  </si>
+  <si>
+    <t>Napo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001103.2025.002</t>
+  </si>
+  <si>
+    <t>Guayusa powder, Hierbaluisa powder, Guayusa, Lemon Grass, Macambo</t>
+  </si>
+  <si>
+    <t>3152</t>
+  </si>
+  <si>
+    <t>Cooperativa Agropecuaria y de Servicios Multiples (COOPABANDO)</t>
+  </si>
+  <si>
+    <t>Autopista Duarte Sector el 70, Cruce de Guayacanes</t>
+  </si>
+  <si>
+    <t>Laguna Salada</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>3199</t>
+  </si>
+  <si>
+    <t>Inversiones de Exportación S.A</t>
+  </si>
+  <si>
+    <t>Kilometro 2 Carretera a Orocuina</t>
+  </si>
+  <si>
+    <t>Departamento Choluteca</t>
+  </si>
+  <si>
+    <t>HN-BIO-144.340-0000120.2025.001</t>
+  </si>
+  <si>
+    <t>Shrimp</t>
+  </si>
+  <si>
+    <t>3233</t>
+  </si>
+  <si>
+    <t>Asociación de Productores de Banano 24 de Diciembre</t>
+  </si>
+  <si>
+    <t>Urbanización Las Crucitas</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000279.2025.001</t>
+  </si>
+  <si>
+    <t>3234</t>
+  </si>
+  <si>
+    <t>PACOBANANA S.A. Paco's Fruits and Vegetables</t>
+  </si>
+  <si>
+    <t>Km. 1 Vía Boliche – Puerto Inca</t>
+  </si>
+  <si>
+    <t>Yaguachi</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001094.2025.001</t>
+  </si>
+  <si>
+    <t>Dehydrated Bananas, Dehydrated Foods</t>
+  </si>
+  <si>
+    <t>3248</t>
+  </si>
+  <si>
+    <t>Angel Eugenio Macas Poma</t>
+  </si>
+  <si>
+    <t>Via Pasaje</t>
+  </si>
+  <si>
+    <t>EU 848 A, T1</t>
+  </si>
+  <si>
+    <t>3249</t>
+  </si>
+  <si>
+    <t>Dilmer Eduardo Nieto Romero</t>
+  </si>
+  <si>
+    <t>Av. Quito</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000391.2025.001</t>
+  </si>
+  <si>
+    <t>3264</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN DE PRODUCCIÓN AGRÍCOLA PRODUCCIÓN Y VIDA ASOAGRIPROVI</t>
+  </si>
+  <si>
+    <t>Av. Bolivar s/n</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001074.2025.001</t>
+  </si>
+  <si>
+    <t>Bananas, Bananas</t>
+  </si>
+  <si>
+    <t>3266</t>
+  </si>
+  <si>
+    <t>Agroindustrias Arriba del Ecuador Agroarriba S.A.</t>
+  </si>
+  <si>
+    <t>Km. 4,5 vía Durán - Yaguachi</t>
+  </si>
+  <si>
+    <t>Durán</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001010.2025.001</t>
+  </si>
+  <si>
+    <t>Cacao Beans</t>
+  </si>
+  <si>
+    <t>3617</t>
+  </si>
+  <si>
+    <t>Mario Dario Sanluis Almanzar Fermin</t>
+  </si>
+  <si>
+    <t>Aurelio Maria Santiago, casa 5, Centro de la ciudad, Esperanza</t>
+  </si>
+  <si>
+    <t>Esperanza</t>
+  </si>
+  <si>
+    <t>3635</t>
+  </si>
+  <si>
+    <t>Corporación Gruppo Salinas</t>
+  </si>
+  <si>
+    <t>El Calvario s/n</t>
+  </si>
+  <si>
+    <t>Salinas de Guaranda</t>
+  </si>
+  <si>
+    <t>Bolivar</t>
+  </si>
+  <si>
+    <t>Cacao Beans, Chocolate Nibs, cacao liquor, Cacao powder, Cacao licor/mass/paste, Dark Chocolate, Other Condiments and Sweeteners</t>
+  </si>
+  <si>
+    <t>3643</t>
+  </si>
+  <si>
+    <t>Juan David Noblecilla Santistevan</t>
+  </si>
+  <si>
+    <t>Calle Olga Morla s/n</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000392.2025.001</t>
+  </si>
+  <si>
+    <t>3645</t>
+  </si>
+  <si>
+    <t>Asociación de Productores Bananeros Orenses</t>
+  </si>
+  <si>
+    <t>Barrio Cristo Rey, Eloy Alfaro s/n y Franklin Chávez</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000308.2025.001</t>
+  </si>
+  <si>
+    <t>3669</t>
+  </si>
+  <si>
+    <t>Asociacion de Productores de Exportacion de Montecristi, INC (ASEXBAM)</t>
+  </si>
+  <si>
+    <t>Calle Pricipal No.10 Distrito Municipal de Palo Verde, Castañuelas, Montecristi</t>
+  </si>
+  <si>
+    <t>Palo Verde</t>
+  </si>
+  <si>
+    <t>Montecristi</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000176.2025.002</t>
+  </si>
+  <si>
+    <t>EU 848 A, T3</t>
+  </si>
+  <si>
+    <t>3696</t>
+  </si>
+  <si>
+    <t>Asociación Artesanal de Productores de Café y Maní de Manabí ASOPROCAM</t>
+  </si>
+  <si>
+    <t>Parroquia Campozano</t>
+  </si>
+  <si>
+    <t>Paján</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>EU 848 A, EU 848 D, T1, T2, T3</t>
+  </si>
+  <si>
+    <t>Cassava, Coffee Beans , Fallow, Lemon Grass, Mangos, Oranges, Peanuts, Plantains, Sesame, Coffee, Coffee cherry/café cereza, Dehydrated plantain, Dehydrated yucca/cassava, Green coffee/café verde/café oro, Lemon verbana, Mango, Orange leaf, Oranges, Other Nuts/Seeds, Plantain, Parchment coffee/café pergamino seco, Peanuts, Peanuts, roasted, Yucca/cassava</t>
+  </si>
+  <si>
+    <t>3704</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN DE PRODUCCIÓN AGRÍCOLA TIERRA VERDE "ASOPRATVERDE"</t>
+  </si>
+  <si>
+    <t>Babahoyo s/n</t>
+  </si>
+  <si>
+    <t>La Concordia</t>
+  </si>
+  <si>
+    <t>Santo Domingo de los Tsáchilas</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000089.2025.001</t>
+  </si>
+  <si>
+    <t>3732</t>
+  </si>
+  <si>
+    <t>Aquilino de Jesus Duran</t>
+  </si>
+  <si>
+    <t>Calle 9 Casa #22 Ámina, Mao</t>
+  </si>
+  <si>
+    <t>3748</t>
+  </si>
+  <si>
+    <t>Asociación de Producción Agrícola Ecuador Origen ASOECUAORIGEN</t>
+  </si>
+  <si>
+    <t>Calle 7 de mayo, #08</t>
+  </si>
+  <si>
+    <t>Guaranda</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001101.2025.001</t>
+  </si>
+  <si>
+    <t>3818</t>
+  </si>
+  <si>
+    <t>Yonny de Jesus Reyes Serrata</t>
+  </si>
+  <si>
+    <t>1RA B- Los parceleros, Pueblo Nuevo Casa 21, Los Ingenitos</t>
+  </si>
+  <si>
+    <t>San Ignacio de Sabaneta</t>
+  </si>
+  <si>
+    <t>Santiago Rodríguez</t>
+  </si>
+  <si>
+    <t>3833</t>
+  </si>
+  <si>
+    <t>Proyecto Bananero del Noroeste, S.R. L. (PROBANOR)</t>
+  </si>
+  <si>
+    <t>Calle Principal, Manzana D, No. 41, Carol Gissell</t>
+  </si>
+  <si>
+    <t>3862</t>
+  </si>
+  <si>
+    <t>Rosa Yris Jumelles Osorio</t>
+  </si>
+  <si>
+    <t>Dhimas de JS Rodriguez Casa 38, Enriquillo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000192.2025.002</t>
+  </si>
+  <si>
+    <t>3888</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi</t>
+  </si>
+  <si>
+    <t>3. Organize San Bolgesi 83313 NOLU Cad. No.6-8</t>
+  </si>
+  <si>
+    <t>Sehitkamil</t>
+  </si>
+  <si>
+    <t>Gaziantep</t>
+  </si>
+  <si>
+    <t>TURKEY</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0004906.2025.004</t>
+  </si>
+  <si>
+    <t>EU 848 A, EU 848 D, EU 848 E</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Chickpeas, broken, Canola Oil, Chickpeas/Garbanzo Beans, Other, Oils, Flax / Linseed, Durum, Corn, Corn Bran, Corn, processed, Corn, cracked, Wheat Flour, Wheat, Sunflower Seed, Sunflower Seed Kernel, Peas, Other Other Grains, Pastas and Cereals, Other Nuts/Seeds, Other Oils &amp; Oleoresins, Other Dry/Baking Goods, Other Fruits/Vegetables, Rapeseed, Semolina, Soybean Meal, Soybean Oil, Soybeans, Sunflower Oil</t>
+  </si>
+  <si>
+    <t>3889</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Çorum</t>
+  </si>
+  <si>
+    <t>3. Organize San Bolgesi 83313 NOLU Cad. No. 6-8</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0003196.2025.009</t>
+  </si>
+  <si>
+    <t>Sunflower Oil, Soybeans, Soybean Oil, Soybean Meal, Semolina, Rapeseed, Other Fruits/Vegetables, Other Oils &amp; Oleoresins, Other Nuts/Seeds, Peas, Sunflower Seed Kernel, Sunflower Seed, Wheat, Wheat Flour, Corn, cracked, Corn, degerminated, Corn, processed, Corn Bran, Corn meal, Corn, Durum, Flax / Linseed, Chickpeas/Garbanzo Beans, Canola Oil, Canola, Barley</t>
+  </si>
+  <si>
+    <t>3890</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Giresun</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0004866.2025.003</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Canola Oil, Chickpeas/Garbanzo Beans, Flax / Linseed, Durum, Oils, Corn, Corn meal, Corn Bran, Corn, processed, Corn, degerminated, Corn, cracked, Wheat Flour, Wheat, Sunflower Seed, Sunflower Seed Kernel, Peas, Other Nuts/Seeds, Other Oils &amp; Oleoresins, Other Fruits/Vegetables, Semolina, Soybean Meal, Soybean Oil, Soybeans, Sunflower Oil</t>
+  </si>
+  <si>
+    <t>3891</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Samsun</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0005007.2025.004</t>
+  </si>
+  <si>
+    <t>Sunflower Oil, Soybeans, Soybean Oil, Soybean Meal, Semolina, Rapeseed, Other Fruits/Vegetables, Other Dry/Baking Goods, Other Oils &amp; Oleoresins, Other Nuts/Seeds, Peas, Other Other Grains, Pastas and Cereals, Sunflower Seed Kernel, Sunflower Seed, Wheat, Sunflower Meal, Wheat Flour, Corn, cracked, Corn, degerminated, Corn, processed, Corn Bran, Corn meal, Corn, Durum, Flax / Linseed, Chickpeas/Garbanzo Beans, Canola Oil, Canola, Barley</t>
+  </si>
+  <si>
+    <t>3893</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Bandirma</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0005008.2025.002</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Canola Oil, Chickpeas/Garbanzo Beans, Flax / Linseed, Durum, Oils, Corn, Corn meal, Corn Bran, Corn, processed, Corn, degerminated, Corn, cracked, Wheat Flour, Sunflower Meal, Wheat, Sunflower Seed, Sunflower Seed Kernel, Peas, Other Nuts/Seeds, Other Oils &amp; Oleoresins, Other Fruits/Vegetables, Rapeseed, Semolina, Soybean Meal, Soybean Oil, Soybeans, Sunflower Oil</t>
+  </si>
+  <si>
+    <t>3898</t>
+  </si>
+  <si>
+    <t>Chocolates Atelier Chocolatier S.A.</t>
+  </si>
+  <si>
+    <t>Km 4.5 Vía Durán Tambo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000387.2025.002</t>
+  </si>
+  <si>
+    <t>Other Chocolate Goods, Chocolate, Green coffee/café verde/café oro, Chocolate Nibs, Cacao powder, Cacao licor/mass/paste, Cacao manteca/butter, Cacao Beans</t>
+  </si>
+  <si>
+    <t>3921</t>
+  </si>
+  <si>
+    <t>ASOARAC - Asociacion de Agricultores Ramon Antonio Cruz, INC.</t>
+  </si>
+  <si>
+    <t>Entrada Liceo Corina Belliard</t>
+  </si>
+  <si>
+    <t>Hatillo Palma</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000144.2025.002</t>
+  </si>
+  <si>
+    <t>3922</t>
+  </si>
+  <si>
+    <t>Carlos Rafael Tejada Reyes</t>
+  </si>
+  <si>
+    <t>Principal Casa S/N, Cañada Grande Moncion.</t>
+  </si>
+  <si>
+    <t>Moncion</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000193.2025.001</t>
+  </si>
+  <si>
+    <t>3936</t>
+  </si>
+  <si>
+    <t>AGRO EXPORTADORA GARYTH S.A.</t>
+  </si>
+  <si>
+    <t>Vía Quinindé, Km. 21 s/n</t>
+  </si>
+  <si>
+    <t>Santo Domingo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000758.2025.001</t>
+  </si>
+  <si>
+    <t>Cacao, Fallow, Vanilla, Cacao Beans, Vanilla bean</t>
+  </si>
+  <si>
+    <t>3945</t>
+  </si>
+  <si>
+    <t>Nunilda Mercedes Almonte Bueno</t>
+  </si>
+  <si>
+    <t>Gregorio Aracena No. 26, Centro de la Cuidad</t>
+  </si>
+  <si>
+    <t>3965</t>
+  </si>
+  <si>
+    <t>Rafael Tobías Morel Molina</t>
+  </si>
+  <si>
+    <t>7 casa No. W-12, Los Jardines</t>
+  </si>
+  <si>
+    <t>Santiago de Los Caballeros</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000196.2025.002</t>
+  </si>
+  <si>
+    <t>3973</t>
+  </si>
+  <si>
+    <t>Manuel Augusto Iglesias Colon</t>
+  </si>
+  <si>
+    <t>M, Edif. RES. RUDY VI Piso 01 Apto. C-1</t>
+  </si>
+  <si>
+    <t>Cerros de Gurabo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000197.2025.001</t>
+  </si>
+  <si>
+    <t>3981</t>
+  </si>
+  <si>
+    <t>Aristoteles Alberto Ysalguez Almonte</t>
+  </si>
+  <si>
+    <t>Simon Hernandez, casa 7, Cerro Alto</t>
+  </si>
+  <si>
+    <t>Santiago de los Caballeros</t>
+  </si>
+  <si>
+    <t>3983</t>
+  </si>
+  <si>
+    <t>Asociacion De Bananeros De La Línea, Inc. - ASOBALI</t>
+  </si>
+  <si>
+    <t>Calle Duarte esquina Talanquera No. 20</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000086.2025.001</t>
+  </si>
+  <si>
+    <t>4031</t>
+  </si>
+  <si>
+    <t>Jose Maria Estévez Rodríguez</t>
+  </si>
+  <si>
+    <t>C/ Principal No. 10, El Corozo</t>
+  </si>
+  <si>
+    <t>San jose de las Matas</t>
+  </si>
+  <si>
+    <t>4037</t>
+  </si>
+  <si>
+    <t>Sunrise Foods FZE</t>
+  </si>
+  <si>
+    <t>PO Box 263581</t>
+  </si>
+  <si>
+    <t>Dubai</t>
+  </si>
+  <si>
+    <t>Jebel Ali Freezone</t>
+  </si>
+  <si>
+    <t>UNITED ARAB EMIRATES</t>
+  </si>
+  <si>
+    <t>AE-BIO-144.784-0000047.2025.002</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Chickpeas/Garbanzo Beans, Canola Oil, Chickpeas, broken, Flax / Linseed, Durum, Oils, Corn, processed, Corn, cracked, Corn Bran, Corn, Wheat, Sunflower Seed Kernel, Sunflower Seed, Wheat Flour, Wheat grass, Other Other Grains, Pastas and Cereals, Peas, Other Fruits/Vegetables, Other Oils &amp; Oleoresins, Other Nuts/Seeds, Sunflower Oil, Soybeans, Soybean Oil, Soybean Meal, Semolina, Rapeseed</t>
+  </si>
+  <si>
+    <t>4051</t>
+  </si>
+  <si>
+    <t>Agripina Editrudis Serrata Tejada</t>
+  </si>
+  <si>
+    <t>Sabana Larga casa 30, Centro de la ciudad, Mao</t>
+  </si>
+  <si>
+    <t>4066</t>
+  </si>
+  <si>
+    <t>Asociación de Productores y Exportadores Agroecológicos Inc. (ECOEXPORT)</t>
+  </si>
+  <si>
+    <t>Calle Maximo Cabral no 32, Plaza la Tertulia, primer nivel</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000533.2025.001</t>
+  </si>
+  <si>
+    <t>4137</t>
+  </si>
+  <si>
+    <t>Asociación de Bananeros de Guatapanal - ASOBAGUA</t>
+  </si>
+  <si>
+    <t>Calle  Duarte No 22, del Distrito Municipal de Guatapanal</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000184.2025.001</t>
+  </si>
+  <si>
+    <t>4160</t>
+  </si>
+  <si>
+    <t>Francisco Leonel Rodriguez Medrano</t>
+  </si>
+  <si>
+    <t>Calle Padre Franco,  Ed. 5 Piso 1E Apart. 101</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000189.2025.001</t>
+  </si>
+  <si>
+    <t>4167</t>
+  </si>
+  <si>
+    <t>Victor Rafael Vialet</t>
+  </si>
+  <si>
+    <t>Principal Casa #6563, Sector La Cruz</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000465.2025.001</t>
+  </si>
+  <si>
+    <t>4175</t>
+  </si>
+  <si>
+    <t>UNIÓN DE ORGANIZACIONES NEGRAS Y MESTIZAS DEL SUR OCCIDENTE DE ESMERALDAS, ATACAMES, MUISNE "FONMSOEAM"</t>
+  </si>
+  <si>
+    <t>Vía Principal a Galera, Solar 15/16</t>
+  </si>
+  <si>
+    <t>Atacames</t>
+  </si>
+  <si>
+    <t>Esmeraldas</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001132.2025.001</t>
+  </si>
+  <si>
+    <t>Cacao, Coconuts, Key Lime, Passionfruits, Cacao Beans, Lemons, Passionfruit</t>
+  </si>
+  <si>
+    <t>4181</t>
+  </si>
+  <si>
+    <t>Luis Florencio Benavides Montero</t>
+  </si>
+  <si>
+    <t>La Peaña</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000127.2025.001</t>
+  </si>
+  <si>
+    <t>4213</t>
+  </si>
+  <si>
+    <t>Ramon Antonio Reyes</t>
+  </si>
+  <si>
+    <t>Res. Villa Amelia No. 5, Centro de la ciudad</t>
+  </si>
+  <si>
+    <t>Santiago Rodriguez</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000194.2025.001</t>
+  </si>
+  <si>
+    <t>4220</t>
+  </si>
+  <si>
+    <t>MERCAGRO S.A.</t>
+  </si>
+  <si>
+    <t>Km 1.5 Via a Samborondon,</t>
+  </si>
+  <si>
+    <t>Sanborondon</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001098.2025.001</t>
+  </si>
+  <si>
+    <t>Plantain, Plantain Chips</t>
+  </si>
+  <si>
+    <t>4225</t>
+  </si>
+  <si>
+    <t>Juan Maria Otis Dominguez Rojas</t>
+  </si>
+  <si>
+    <t>Federico de Jesus Garcia No. 43, Sector Sur</t>
+  </si>
+  <si>
+    <t>4402</t>
+  </si>
+  <si>
+    <t>Carlos Felix Castellanos Liriano</t>
+  </si>
+  <si>
+    <t>Ana Delia Jorge, casa 39, Centro de la Ciudad, Mao</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000205.2025.002</t>
+  </si>
+  <si>
+    <t>4403</t>
+  </si>
+  <si>
+    <t>José Jaime Torres Vargas</t>
+  </si>
+  <si>
+    <t>Calle Mella # 81</t>
+  </si>
+  <si>
+    <t>4410</t>
+  </si>
+  <si>
+    <t>José Ramón Espinal Espinal</t>
+  </si>
+  <si>
+    <t>Las Eneas, Casa #15, Pueblo Nuevo</t>
+  </si>
+  <si>
+    <t>6308</t>
+  </si>
+  <si>
+    <t>Ive Maria Belliard Espinal</t>
+  </si>
+  <si>
+    <t>Ezequiel Belliard Casa 5, Centro de la Cuidad</t>
+  </si>
+  <si>
+    <t>6311</t>
+  </si>
+  <si>
+    <t>Cooke Seafood Panama Inc</t>
+  </si>
+  <si>
+    <t>PA-BIO-144.591-0000016.2025.001</t>
   </si>
   <si>
     <t>Shrimp (head), Shrimp</t>
   </si>
   <si>
-    <t>2293</t>
-[...182 lines deleted...]
-    <t>EU 848 D</t>
+    <t>6361</t>
+  </si>
+  <si>
+    <t>Nancy Mikaela Ángel Zaruma</t>
+  </si>
+  <si>
+    <t>VILLAS DEL SOL</t>
+  </si>
+  <si>
+    <t>6417</t>
+  </si>
+  <si>
+    <t>ECUADOR FRUIT COMPANY EFC.S.A.S</t>
+  </si>
+  <si>
+    <t>Calle Chile 606</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000425.2025.003</t>
+  </si>
+  <si>
+    <t>Bananas, Dragonfruits, Fallow, Limes, Mangos, Mango, Dragonfruit, Bananas, Citrus</t>
+  </si>
+  <si>
+    <t>6468</t>
+  </si>
+  <si>
+    <t>Pedro Francisco Rodriguez Cabral</t>
+  </si>
+  <si>
+    <t>Calle B Casa 4, Arroyo Hondo, Distrito Nacional</t>
+  </si>
+  <si>
+    <t>Arroyo Hondo</t>
+  </si>
+  <si>
+    <t>6525</t>
+  </si>
+  <si>
+    <t>Silvia Jaqueline García Solano</t>
+  </si>
+  <si>
+    <t>Vía a San Jacinto del Bua s/n</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000092.2025.001</t>
+  </si>
+  <si>
+    <t>6633</t>
+  </si>
+  <si>
+    <t>ECUADOR FRUIT COMPANY EFC. S.A.S.</t>
+  </si>
+  <si>
+    <t>6718</t>
+  </si>
+  <si>
+    <t>UNIDAD AGRICOLA LUCERO, S.R.L.</t>
+  </si>
+  <si>
+    <t>Hatillo San Lorenzo 80, Sector La Canela</t>
+  </si>
+  <si>
+    <t>6914</t>
+  </si>
+  <si>
+    <t>Nardo Antonio Reyes Holguin</t>
+  </si>
+  <si>
+    <t>Principal, Casa S/N, La Guajaca, Guayubín</t>
+  </si>
+  <si>
+    <t>6915</t>
+  </si>
+  <si>
+    <t>Francisco Peña Nuñez</t>
+  </si>
+  <si>
+    <t>Carretera Luperon KM 6 1/2 Edif. 2 piso 1E Apto. A1, Gurabo al  medio</t>
+  </si>
+  <si>
+    <t>6990</t>
+  </si>
+  <si>
+    <t>Andrea Payano Melo</t>
+  </si>
+  <si>
+    <t>C/ Primera Casa 24, Cerros del Ozama, Santo Domingo Este</t>
+  </si>
+  <si>
+    <t>Santo Domingo Este</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000464.2025.001</t>
+  </si>
+  <si>
+    <t>7060</t>
+  </si>
+  <si>
+    <t>Campesino Tea RD SRL</t>
+  </si>
+  <si>
+    <t>Calle principal, residencial Camp David, no3, Guarabo</t>
+  </si>
+  <si>
+    <t>Tea</t>
+  </si>
+  <si>
+    <t>7085</t>
+  </si>
+  <si>
+    <t>Jorge Rafael Rodriguez Diaz</t>
+  </si>
+  <si>
+    <t>Ramon de Peña No. 08, Yerba de Guinea</t>
+  </si>
+  <si>
+    <t>7286</t>
+  </si>
+  <si>
+    <t>GALLARDO TINOCO JUAN LUIS</t>
+  </si>
+  <si>
+    <t>SITIO MALVAL A CIEN METROS DE UNA TIENDA</t>
+  </si>
+  <si>
+    <t>PASAJE</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000125.2025.001</t>
+  </si>
+  <si>
+    <t>7298</t>
+  </si>
+  <si>
+    <t>Cajamarca Garcés Wilson Fernando</t>
+  </si>
+  <si>
+    <t>Tarqui y 10 de agosto</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000386.2025.001</t>
+  </si>
+  <si>
+    <t>Banana</t>
+  </si>
+  <si>
+    <t>7299</t>
+  </si>
+  <si>
+    <t>LUCERO GONZALEZ LUIS AMABLE</t>
+  </si>
+  <si>
+    <t>Sitio El Triunfo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001089.2025.001</t>
+  </si>
+  <si>
+    <t>7300</t>
+  </si>
+  <si>
+    <t>LEON SIGUENZA JORGE ALBERTO</t>
+  </si>
+  <si>
+    <t>VIA A BUENAVISTA</t>
+  </si>
+  <si>
+    <t>7330</t>
+  </si>
+  <si>
+    <t>GEOAGRICOLAS S.A.S.</t>
+  </si>
+  <si>
+    <t>La Y del Cambio</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000312.2025.001</t>
+  </si>
+  <si>
+    <t>7332</t>
+  </si>
+  <si>
+    <t>Rosa Maria Gonzalez Tejada</t>
+  </si>
+  <si>
+    <t>Duarte Casa 85, Doña Antonia, Guayubin</t>
+  </si>
+  <si>
+    <t>Guayubin</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000469.2025.001</t>
+  </si>
+  <si>
+    <t>7333</t>
+  </si>
+  <si>
+    <t>Maricelys Almonte Almonte</t>
+  </si>
+  <si>
+    <t>Calle Principal No, 14, Los Pinos</t>
+  </si>
+  <si>
+    <t>7338</t>
+  </si>
+  <si>
+    <t>NOBLECILLA BORRIS SEGUNDO</t>
+  </si>
+  <si>
+    <t>Calle 30 de agosto s/n</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000502.2025.001</t>
+  </si>
+  <si>
+    <t>7339</t>
+  </si>
+  <si>
+    <t>NUNALABS CIA. LTDA.</t>
+  </si>
+  <si>
+    <t>Calle La Isla s/n</t>
+  </si>
+  <si>
+    <t>San Miguel de Los Bancos</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001133.2025.001</t>
+  </si>
+  <si>
+    <t>EU 848 G</t>
+  </si>
+  <si>
+    <t>Extracts</t>
+  </si>
+  <si>
+    <t>7381</t>
+  </si>
+  <si>
+    <t>COMPAÑIA AGROINDUSTRIAL BANALBACARD CIA. LTDA.</t>
+  </si>
+  <si>
+    <t>Calle Holanda 3480</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000358.2025.001</t>
+  </si>
+  <si>
+    <t>7394</t>
+  </si>
+  <si>
+    <t>OSWALDO ISRAEL VILLEGAS LUCIO</t>
+  </si>
+  <si>
+    <t>BOLIVAR</t>
+  </si>
+  <si>
+    <t>7395</t>
+  </si>
+  <si>
+    <t>FLAVIO GONZALO DAUL ALARCON</t>
+  </si>
+  <si>
+    <t>SITIO LA VICTORIA</t>
+  </si>
+  <si>
+    <t>7411</t>
+  </si>
+  <si>
+    <t>CEGRANECSA S.A.</t>
+  </si>
+  <si>
+    <t>Km. 4.5 vía Durán-Tambo</t>
   </si>
   <si>
     <t>Dried moringa leaves, Moringa powder</t>
   </si>
   <si>
-    <t>3025</t>
-[...836 lines deleted...]
-    <t>ECUADOR FRUIT COMPANY EFC. S.A.S.</t>
+    <t>7438</t>
+  </si>
+  <si>
+    <t>EXPORTADORA DE FRUTAS TROPICALES DEL SUR EXPORSUR S.A.</t>
+  </si>
+  <si>
+    <t>Galo García</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001081.2025.001</t>
+  </si>
+  <si>
+    <t>7455</t>
+  </si>
+  <si>
+    <t>Modesto Emilio Fermin Ureña</t>
+  </si>
+  <si>
+    <t>Duarte casa #36, Jaibon, Laguna Salada</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000306.2025.001</t>
+  </si>
+  <si>
+    <t>7482</t>
+  </si>
+  <si>
+    <t>Agricola BANALAB S.A.S.</t>
+  </si>
+  <si>
+    <t>OCTAVA NORTE B</t>
+  </si>
+  <si>
+    <t>7486</t>
+  </si>
+  <si>
+    <t>ALIANZA LOGISTIKA TDGE S.A.</t>
+  </si>
+  <si>
+    <t>Santa Rosa vía Tababela S/N, vía Yaruquí</t>
+  </si>
+  <si>
+    <t>Dragonfruit, Processing Services</t>
+  </si>
+  <si>
+    <t>7493</t>
+  </si>
+  <si>
+    <t>Santiago Guzmán Francisco</t>
+  </si>
+  <si>
+    <t>Los Solares, Casa 38, Palo Verde</t>
+  </si>
+  <si>
+    <t>7502</t>
+  </si>
+  <si>
+    <t>ASOCIACION DE PRODUCCION AGRICOLA MONO BRAVO ASODPAMB</t>
+  </si>
+  <si>
+    <t>Comunidad Mono Bravo</t>
+  </si>
+  <si>
+    <t>Muisne</t>
+  </si>
+  <si>
+    <t>Cacao</t>
+  </si>
+  <si>
+    <t>7522</t>
+  </si>
+  <si>
+    <t>ARIEL IVAN CARDENAS IÑIGUEZ</t>
+  </si>
+  <si>
+    <t>Calle Sin Nombre, S/N</t>
+  </si>
+  <si>
+    <t>7523</t>
+  </si>
+  <si>
+    <t>MERY FRANCISCA IÑIGUEZ PALADINES</t>
+  </si>
+  <si>
+    <t>Sitio Paraiso, La Victoria,</t>
+  </si>
+  <si>
+    <t>7569</t>
+  </si>
+  <si>
+    <t>JOSEPH MARK REYES PALLAZHCO</t>
+  </si>
+  <si>
+    <t>Av. Azuay</t>
+  </si>
+  <si>
+    <t>7570</t>
+  </si>
+  <si>
+    <t>GUZMAN HOYOS NANCY LEONOR</t>
+  </si>
+  <si>
+    <t>Loma de Franco</t>
+  </si>
+  <si>
+    <t>7580</t>
+  </si>
+  <si>
+    <t>ROSARIO ISABEL CEVALLOS RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>Km. 2</t>
+  </si>
+  <si>
+    <t>7581</t>
+  </si>
+  <si>
+    <t>STEEVEN EFRAIN TACURI LUNA</t>
+  </si>
+  <si>
+    <t>Río Bonito SN, Sitio Pagua</t>
+  </si>
+  <si>
+    <t>EL Guabo</t>
+  </si>
+  <si>
+    <t>7582</t>
+  </si>
+  <si>
+    <t>Maritza del Carmen Mata Almonte</t>
+  </si>
+  <si>
+    <t>3 casa 90, Pueblo Nuevo o Jaibon, Mao.</t>
+  </si>
+  <si>
+    <t>7584</t>
+  </si>
+  <si>
+    <t>Aquiles Núñez Ureña</t>
+  </si>
+  <si>
+    <t>Duarte #89, La Guajaca, Guayubin</t>
+  </si>
+  <si>
+    <t>7622</t>
+  </si>
+  <si>
+    <t>POMA TORRES TEOFILO BENIGNO</t>
+  </si>
+  <si>
+    <t>PROF. ITALIA ZALAZAR BARROS</t>
+  </si>
+  <si>
+    <t>7625</t>
+  </si>
+  <si>
+    <t>RAMON JOSE MANUEL</t>
+  </si>
+  <si>
+    <t>El Retiro</t>
+  </si>
+  <si>
+    <t>7628</t>
+  </si>
+  <si>
+    <t>RAMON RAMON LUIS HERMINIO</t>
+  </si>
+  <si>
+    <t>Ciudadela El Chofer N°2, Ochoa Leon</t>
+  </si>
+  <si>
+    <t>7629</t>
+  </si>
+  <si>
+    <t>ORDOÑEZ OCAMPO MARCO TULIO</t>
+  </si>
+  <si>
+    <t>Sitio Las Cañas</t>
+  </si>
+  <si>
+    <t>MACHALA</t>
+  </si>
+  <si>
+    <t>7636</t>
+  </si>
+  <si>
+    <t>LYRA-EXPORTS S.A.S.</t>
+  </si>
+  <si>
+    <t>Km 1.5 vía a Samborondón</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001128.2025.001</t>
+  </si>
+  <si>
+    <t>7647</t>
+  </si>
+  <si>
+    <t>José Alfonso Trinidad</t>
+  </si>
+  <si>
+    <t>Doña Antonia, Casa #15, Sector Doña Antonia, Guayubín</t>
+  </si>
+  <si>
+    <t>7705</t>
+  </si>
+  <si>
+    <t>FAUSTO BAYARDO FIGUEROA BORJA</t>
+  </si>
+  <si>
+    <t>VIA QUININDE</t>
+  </si>
+  <si>
+    <t>QUININDE</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001092.2025.001</t>
+  </si>
+  <si>
+    <t>LA CONCORDIA</t>
+  </si>
+  <si>
+    <t>7712</t>
+  </si>
+  <si>
+    <t>Minucha Eloisa Torres Pérez</t>
+  </si>
+  <si>
+    <t>P Casa 11-B, Los Cerros de Gurabo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000492.2025.001</t>
+  </si>
+  <si>
+    <t>7714</t>
+  </si>
+  <si>
+    <t>AGRICOLA BANANERA SOLORZANO ANDRADE BANASOLAND CIA. LTDA.</t>
+  </si>
+  <si>
+    <t>GUAYAQUIL</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001090.2025.001</t>
+  </si>
+  <si>
+    <t>7718</t>
+  </si>
+  <si>
+    <t>Ernesto Rafael Castellanos Domínguez</t>
+  </si>
+  <si>
+    <t>Padre Franco, Casa 36, Los Bonillas, Mao</t>
+  </si>
+  <si>
+    <t>7727</t>
+  </si>
+  <si>
+    <t>MONTERO IDROVO ZOILA CRISTINA</t>
+  </si>
+  <si>
+    <t>DIMAS FRANCO</t>
+  </si>
+  <si>
+    <t>Buena Fé</t>
+  </si>
+  <si>
+    <t>Los Ríos</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001091.2025.001</t>
+  </si>
+  <si>
+    <t>7746</t>
+  </si>
+  <si>
+    <t>AGRICOLA DONJUANITO S.A.S.</t>
+  </si>
+  <si>
+    <t>Km 2.5 Vía a Baba</t>
+  </si>
+  <si>
+    <t>Baba</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001105.2025.001</t>
+  </si>
+  <si>
+    <t>7747</t>
+  </si>
+  <si>
+    <t>AGRICOLA JUANANTONIO S.A.S.</t>
+  </si>
+  <si>
+    <t>Km. 2.5 vía a Baba</t>
+  </si>
+  <si>
+    <t>BABA</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001106.2025.001</t>
+  </si>
+  <si>
+    <t>7748</t>
+  </si>
+  <si>
+    <t>ECUASABOR TROPICAL S.A.</t>
+  </si>
+  <si>
+    <t>Vía Machala</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001079.2025.001</t>
+  </si>
+  <si>
+    <t>7752</t>
+  </si>
+  <si>
+    <t>Luz Nilda Rojas Peralta</t>
+  </si>
+  <si>
+    <t>Duarte Casa 63, Centro de la Ciudad, Mao</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000502.2025.001</t>
+  </si>
+  <si>
+    <t>7770</t>
+  </si>
+  <si>
+    <t>Julio Ángel Rodríguez Cruz</t>
+  </si>
+  <si>
+    <t>Duarte Casa no. 107, Sibila</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000520.2025.001</t>
+  </si>
+  <si>
+    <t>7773</t>
+  </si>
+  <si>
+    <t>Luis Manuel Fernández Domínguez</t>
+  </si>
+  <si>
+    <t>Víctor Viana García #04</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000517.2025.001</t>
+  </si>
+  <si>
+    <t>7774</t>
+  </si>
+  <si>
+    <t>Víctor Manuel Sosa Martínez</t>
+  </si>
+  <si>
+    <t>C/ Principal casa 22</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000490.2025.001</t>
+  </si>
+  <si>
+    <t>7775</t>
+  </si>
+  <si>
+    <t>Cirilo Antonio Rodríguez Reyes</t>
+  </si>
+  <si>
+    <t>Santa Cruz, casa 21</t>
+  </si>
+  <si>
+    <t>Los Cajuiles</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000494.2025.001</t>
+  </si>
+  <si>
+    <t>7778</t>
+  </si>
+  <si>
+    <t>José Luis Castillo Acosta</t>
+  </si>
+  <si>
+    <t>Duarte casa 51, Salida del Pueblo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000487.2025.001</t>
+  </si>
+  <si>
+    <t>7803</t>
+  </si>
+  <si>
+    <t>Pedro Admel De Jesús Grisanty Rodríguez</t>
+  </si>
+  <si>
+    <t>Fernando Fernández No. 26, Sector Mejorantiento Social</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000495.2025.001</t>
+  </si>
+  <si>
+    <t>7804</t>
+  </si>
+  <si>
+    <t>Oro Colines Company S.A.S. B.I.C</t>
+  </si>
+  <si>
+    <t>Callejon D</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001130.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000093.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000088.2025.002</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000168.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000167.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000183.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000199.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000602.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000709.2025.001</t>
+  </si>
+  <si>
+    <t>15/05/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 31/12/2025</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000143.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000390.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000173.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000392.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000169.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000226.2025.003</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000181.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000307.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000174.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000171.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000102.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000165.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000201.2025.001</t>
+  </si>
+  <si>
+    <t>Fallow, Bananas</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000296.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000396.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000455.2025.001</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000425.2025.001</t>
   </si>
   <si>
     <t>Mango, Dragonfruit, Citrus, Mangos, Limes, Fallow, Dragonfruits</t>
   </si>
   <si>
-    <t>6718</t>
-[...479 lines deleted...]
-    <t>DO-BIO-144.214-0000487.2025.001</t>
+    <t>DO-BIO-144.214-0000310.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000430.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000431.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000407.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000286.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000682.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000285.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000219.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000218.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000601.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000450.2025.001</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000982.2025.001</t>
   </si>
   <si>
+    <t>DO-BIO-144.214-0000273.2025.001</t>
+  </si>
+  <si>
     <t>EC-BIO-144.218-0001011.2025.001</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000665.2025.001</t>
   </si>
   <si>
+    <t>EC-BIO-144.218-0000767.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000592.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000625.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000609.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000593.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000275.2025.001</t>
+  </si>
+  <si>
     <t>DO-BIO-144.214-0000436.2025.001</t>
   </si>
   <si>
-    <t>EC-BIO-144.218-0000767.2025.001</t>
-[...5 lines deleted...]
-    <t>DO-BIO-144.214-0000275.2025.001</t>
+    <t>EC-BIO-144.218-0000893.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000895.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000896.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000897.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000373.2025.001</t>
   </si>
   <si>
-    <t>EC-BIO-144.218-0000897.2025.001</t>
-[...10 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000394.2025.001</t>
   </si>
   <si>
-    <t>EC-BIO-144.218-0000593.2025.001</t>
-[...368 lines deleted...]
-    <t>Barley, Corn, Corn Bran, Canola, Canola Oil, Chickpeas/Garbanzo Beans, Durum, Flax / Linseed, Corn meal, Corn, cracked, Corn, degerminated, Corn, processed, Other Fruits/Vegetables, Oils, Peas, Other Nuts/Seeds, Other Oils &amp; Oleoresins, Wheat, Wheat Flour, Sunflower Seed Kernel, Sunflower Oil, Sunflower Seed, Sunflower Meal, Soybeans, Soybean Meal, Soybean Oil, Rapeseed, Semolina</t>
+    <t>EC-BIO-144.218-0000226.2025.001</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 28/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
-    <numFmt numFmtId="165" formatCode="dd\/mm\/yyyy"/>
+    <numFmt numFmtId="167" formatCode="dd\/mm\/yyyy"/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Accent1" xfId="1" builtinId="29"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2605,6831 +2620,6311 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N124"/>
+  <dimension ref="A1:O140"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A92" workbookViewId="0">
-      <selection activeCell="L92" sqref="L1:L1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A111" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="2" max="2" width="68.1328125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="29.19921875" customWidth="1"/>
+    <col min="1" max="1" width="6.6640625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="29.46484375" style="4" customWidth="1"/>
+    <col min="3" max="3" width="24.265625" style="4" customWidth="1"/>
+    <col min="4" max="9" width="16.3984375" style="4" customWidth="1"/>
+    <col min="10" max="10" width="26.6640625" style="4" customWidth="1"/>
+    <col min="11" max="13" width="16.3984375" style="4" customWidth="1"/>
+    <col min="14" max="14" width="16.3984375" style="12" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="B1" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="C1" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="3" t="s">
+      <c r="D1" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="3" t="s">
+      <c r="E1" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="3" t="s">
+      <c r="F1" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="3" t="s">
-[...2 lines deleted...]
-      <c r="H1" s="3" t="s">
+      <c r="G1" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="3" t="s">
+      <c r="I1" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="3" t="s">
+      <c r="J1" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="4" t="s">
+      <c r="K1" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="4" t="s">
+      <c r="L1" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="3" t="s">
+      <c r="M1" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="3" t="s">
+      <c r="N1" s="16" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="2" spans="1:14" s="5" customFormat="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="5" t="s">
+    <row r="2" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A2" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="B2" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="C2" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="D2" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="G2" s="5" t="s">
-[...8 lines deleted...]
-      <c r="J2" s="5" t="s">
+      <c r="G2" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I2" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J2" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="7">
+      <c r="K2" s="11">
         <v>45936</v>
       </c>
-      <c r="L2" s="7">
+      <c r="L2" s="11">
         <v>46310</v>
       </c>
-      <c r="M2" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N2" s="5" t="s">
+      <c r="M2" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2" s="12" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="3" spans="1:14" s="5" customFormat="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="5" t="s">
+    <row r="3" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A3" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="F3" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="5" t="s">
-[...8 lines deleted...]
-      <c r="J3" s="5" t="s">
+      <c r="G3" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J3" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="K3" s="7">
+      <c r="K3" s="11">
         <v>45939</v>
       </c>
-      <c r="L3" s="7">
+      <c r="L3" s="11">
         <v>46280</v>
       </c>
-      <c r="M3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N3" s="5" t="s">
+      <c r="M3" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N3" s="12" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="4" spans="1:14" s="5" customFormat="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="5" t="s">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A4" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="C4" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="D4" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="E4" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="G4" s="5" t="s">
-[...8 lines deleted...]
-      <c r="J4" s="5" t="s">
+      <c r="G4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="K4" s="7">
+      <c r="K4" s="11">
         <v>45938</v>
       </c>
-      <c r="L4" s="7">
+      <c r="L4" s="11">
         <v>46280</v>
       </c>
-      <c r="M4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N4" s="5" t="s">
+      <c r="M4" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N4" s="12" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="5" spans="1:14" s="5" customFormat="1" x14ac:dyDescent="0.45">
-      <c r="A5" s="5" t="s">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B5" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="C5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D5" s="5" t="s">
+      <c r="D5" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="E5" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="F5" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="5" t="s">
-[...8 lines deleted...]
-      <c r="J5" s="5" t="s">
+      <c r="G5" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="K5" s="3">
+        <v>45786</v>
+      </c>
+      <c r="L5" s="3">
+        <v>46022</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N5" s="13" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A6" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="K6" s="3">
+        <v>45790</v>
+      </c>
+      <c r="L6" s="3">
+        <v>46006</v>
+      </c>
+      <c r="M6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N6" s="13" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A7" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" s="11">
+        <v>45962</v>
+      </c>
+      <c r="L7" s="11">
+        <v>46054</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" s="12" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A8" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="K8" s="3">
+        <v>45779</v>
+      </c>
+      <c r="L8" s="3">
+        <v>46143</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N8" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" s="11">
+        <v>45934</v>
+      </c>
+      <c r="L9" s="11">
+        <v>46174</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N9" s="12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A10" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" s="11">
+        <v>45946</v>
+      </c>
+      <c r="L10" s="11">
+        <v>46218</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" s="12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" s="11">
+        <v>45954</v>
+      </c>
+      <c r="L11" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N11" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A12" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H12" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I12" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="K12" s="11">
+        <v>45910</v>
+      </c>
+      <c r="L12" s="11">
+        <v>46144</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N12" s="12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I13" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" s="11">
+        <v>45946</v>
+      </c>
+      <c r="L13" s="11">
+        <v>46280</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N13" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A14" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="K14" s="3">
+        <v>45758</v>
+      </c>
+      <c r="L14" s="3">
+        <v>46022</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N14" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A15" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G15" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I15" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" s="11">
+        <v>45967</v>
+      </c>
+      <c r="L15" s="11">
+        <v>46341</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N15" s="12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A16" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="K16" s="3">
+        <v>45877</v>
+      </c>
+      <c r="L16" s="3">
+        <v>46266</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N16" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A17" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H17" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I17" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J17" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="K17" s="11">
+        <v>45915</v>
+      </c>
+      <c r="L17" s="11">
+        <v>46113</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N17" s="12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A18" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="K18" s="3">
+        <v>45749</v>
+      </c>
+      <c r="L18" s="3">
+        <v>45962</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N18" s="13" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A19" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H19" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I19" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J19" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="K19" s="11">
+        <v>45943</v>
+      </c>
+      <c r="L19" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N19" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A20" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I20" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J20" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="K20" s="11">
+        <v>45947</v>
+      </c>
+      <c r="L20" s="11">
+        <v>46266</v>
+      </c>
+      <c r="M20" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N20" s="12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A21" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G21" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I21" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="J21" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="K21" s="11">
+        <v>45950</v>
+      </c>
+      <c r="L21" s="11">
+        <v>46341</v>
+      </c>
+      <c r="M21" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="N21" s="12" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A22" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I22" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J22" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="K22" s="11">
+        <v>45937</v>
+      </c>
+      <c r="L22" s="11">
+        <v>46144</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="N22" s="12" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A23" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G23" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I23" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>663</v>
+      </c>
+      <c r="K23" s="14">
+        <v>45744</v>
+      </c>
+      <c r="L23" s="14">
+        <v>46022</v>
+      </c>
+      <c r="M23" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N23" s="12" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A24" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H24" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I24" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J24" s="4" t="s">
+        <v>664</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N24" s="12" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A25" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G25" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="K25" s="11">
+        <v>45951</v>
+      </c>
+      <c r="L25" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N25" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A26" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="G26" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H26" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I26" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J26" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="K26" s="11">
+        <v>45905</v>
+      </c>
+      <c r="L26" s="11">
+        <v>46204</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N26" s="12" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A27" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G27" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H27" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I27" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J27" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="K27" s="11">
+        <v>45942</v>
+      </c>
+      <c r="L27" s="11">
+        <v>46280</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N27" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A28" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G28" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H28" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I28" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J28" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="K28" s="11">
+        <v>45942</v>
+      </c>
+      <c r="L28" s="11">
+        <v>46249</v>
+      </c>
+      <c r="M28" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N28" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A29" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G29" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I29" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J29" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="K29" s="11">
+        <v>45960</v>
+      </c>
+      <c r="L29" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M29" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N29" s="12" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A30" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="K30" s="3">
+        <v>45913</v>
+      </c>
+      <c r="L30" s="3">
+        <v>46296</v>
+      </c>
+      <c r="M30" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N30" s="13" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A31" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G31" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I31" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J31" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="K31" s="11">
+        <v>45841</v>
+      </c>
+      <c r="L31" s="11">
+        <v>46144</v>
+      </c>
+      <c r="M31" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="N31" s="12" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A32" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G32" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H32" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I32" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J32" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="K32" s="11">
+        <v>45942</v>
+      </c>
+      <c r="L32" s="11">
+        <v>46249</v>
+      </c>
+      <c r="M32" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N32" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A33" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G33" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H33" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I33" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="K33" s="11">
+        <v>45946</v>
+      </c>
+      <c r="L33" s="11">
+        <v>46249</v>
+      </c>
+      <c r="M33" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N33" s="12" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A34" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="K34" s="3">
+        <v>45937</v>
+      </c>
+      <c r="L34" s="3">
+        <v>46204</v>
+      </c>
+      <c r="M34" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N34" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A35" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G35" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H35" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I35" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J35" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="K35" s="11">
+        <v>45942</v>
+      </c>
+      <c r="L35" s="11">
+        <v>46204</v>
+      </c>
+      <c r="M35" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N35" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A36" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G36" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H36" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="K36" s="11">
+        <v>45941</v>
+      </c>
+      <c r="L36" s="11">
+        <v>46249</v>
+      </c>
+      <c r="M36" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N36" s="12" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A37" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G37" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H37" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I37" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="J37" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="K37" s="11">
+        <v>45915</v>
+      </c>
+      <c r="L37" s="11">
+        <v>46068</v>
+      </c>
+      <c r="M37" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N37" s="12" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A38" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="K38" s="3">
+        <v>45904</v>
+      </c>
+      <c r="L38" s="3">
+        <v>46204</v>
+      </c>
+      <c r="M38" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N38" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A39" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G39" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H39" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I39" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J39" s="4" t="s">
+        <v>715</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="L39" s="9">
+        <v>46033</v>
+      </c>
+      <c r="M39" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N39" s="12" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A40" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G40" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H40" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I40" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J40" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="K40" s="11">
+        <v>45953</v>
+      </c>
+      <c r="L40" s="11">
+        <v>46249</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N40" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A41" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G41" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I41" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J41" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="K41" s="11">
+        <v>45944</v>
+      </c>
+      <c r="L41" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M41" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N41" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A42" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G42" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H42" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I42" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="J42" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="K42" s="11">
+        <v>45994</v>
+      </c>
+      <c r="L42" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M42" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="N42" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A43" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G43" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I43" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="J43" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="K43" s="5">
+        <v>45994</v>
+      </c>
+      <c r="L43" s="5">
+        <v>46387</v>
+      </c>
+      <c r="M43" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="N43" s="12" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A44" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G44" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H44" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I44" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="J44" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="K44" s="11">
+        <v>45946</v>
+      </c>
+      <c r="L44" s="11">
+        <v>46310</v>
+      </c>
+      <c r="M44" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N44" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A45" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="K45" s="3">
+        <v>45890</v>
+      </c>
+      <c r="L45" s="3">
+        <v>46387</v>
+      </c>
+      <c r="M45" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N45" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A46" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G46" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H46" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I46" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J46" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="K46" s="11">
+        <v>45950</v>
+      </c>
+      <c r="L46" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M46" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N46" s="12" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A47" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="K47" s="3">
+        <v>45792</v>
+      </c>
+      <c r="L47" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M47" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N47" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A48" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="K48" s="3">
+        <v>45686</v>
+      </c>
+      <c r="L48" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N48" s="13" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A49" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G49" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I49" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J49" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="K49" s="11">
+        <v>45952</v>
+      </c>
+      <c r="L49" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M49" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="N49" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A50" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G50" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I50" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J50" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="K50" s="11">
+        <v>45957</v>
+      </c>
+      <c r="L50" s="11">
+        <v>46235</v>
+      </c>
+      <c r="M50" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="N50" s="12" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A51" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G51" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I51" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J51" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="K51" s="11">
+        <v>45986</v>
+      </c>
+      <c r="L51" s="11">
+        <v>46235</v>
+      </c>
+      <c r="M51" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="N51" s="12" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A52" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F52" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G52" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H52" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I52" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J52" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="K52" s="11">
+        <v>45957</v>
+      </c>
+      <c r="L52" s="11">
+        <v>46235</v>
+      </c>
+      <c r="M52" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="N52" s="12" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A53" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G53" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I53" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J53" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="K53" s="11">
+        <v>45957</v>
+      </c>
+      <c r="L53" s="11">
+        <v>46235</v>
+      </c>
+      <c r="M53" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="N53" s="12" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A54" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F54" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G54" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H54" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I54" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J54" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="K54" s="11">
+        <v>45957</v>
+      </c>
+      <c r="L54" s="11">
+        <v>46235</v>
+      </c>
+      <c r="M54" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="N54" s="12" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A55" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G55" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H55" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I55" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J55" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="K55" s="11">
+        <v>45944</v>
+      </c>
+      <c r="L55" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M55" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N55" s="12" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A56" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="F56" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G56" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H56" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I56" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="J56" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="K56" s="11">
+        <v>45944</v>
+      </c>
+      <c r="L56" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M56" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="N56" s="12" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A57" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G57" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H57" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I57" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J57" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="K57" s="11">
+        <v>45944</v>
+      </c>
+      <c r="L57" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M57" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N57" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A58" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="F58" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G58" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H58" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I58" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J58" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="K58" s="11">
+        <v>45954</v>
+      </c>
+      <c r="L58" s="11">
+        <v>46037</v>
+      </c>
+      <c r="M58" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N58" s="12" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A59" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="K59" s="3">
+        <v>45890</v>
+      </c>
+      <c r="L59" s="3">
+        <v>46266</v>
+      </c>
+      <c r="M59" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N59" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A60" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F60" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G60" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H60" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I60" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J60" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="K60" s="11">
+        <v>45985</v>
+      </c>
+      <c r="L60" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M60" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N60" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A61" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G61" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I61" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J61" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="K61" s="11">
+        <v>45937</v>
+      </c>
+      <c r="L61" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M61" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N61" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A62" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="K62" s="3">
+        <v>45820</v>
+      </c>
+      <c r="L62" s="3">
+        <v>46022</v>
+      </c>
+      <c r="M62" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N62" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A63" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F63" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G63" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I63" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="J63" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="K63" s="11">
+        <v>45931</v>
+      </c>
+      <c r="L63" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M63" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N63" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A64" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="K64" s="3">
+        <v>45904</v>
+      </c>
+      <c r="L64" s="3">
+        <v>46235</v>
+      </c>
+      <c r="M64" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N64" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A65" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="F65" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="G65" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I65" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J65" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="K65" s="11">
+        <v>45940</v>
+      </c>
+      <c r="L65" s="11">
+        <v>46235</v>
+      </c>
+      <c r="M65" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="N65" s="12" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A66" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J66" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="K66" s="3">
+        <v>45873</v>
+      </c>
+      <c r="L66" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M66" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N66" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A67" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F67" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G67" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H67" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I67" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J67" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="K67" s="11">
+        <v>46000</v>
+      </c>
+      <c r="L67" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M67" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N67" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A68" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G68" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H68" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I68" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="J68" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="K68" s="11">
+        <v>45944</v>
+      </c>
+      <c r="L68" s="11">
+        <v>46266</v>
+      </c>
+      <c r="M68" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="N68" s="12" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A69" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H69" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I69" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J69" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="K69" s="11">
+        <v>45954</v>
+      </c>
+      <c r="L69" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M69" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N69" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A70" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="F70" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G70" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H70" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I70" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J70" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="K70" s="11">
+        <v>45931</v>
+      </c>
+      <c r="L70" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M70" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N70" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A71" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G71" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H71" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I71" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="J71" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="K71" s="11">
+        <v>45996</v>
+      </c>
+      <c r="L71" s="11">
+        <v>46127</v>
+      </c>
+      <c r="M71" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="N71" s="12" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A72" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G72" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H72" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I72" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J72" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="K72" s="11">
+        <v>45941</v>
+      </c>
+      <c r="L72" s="11">
+        <v>46249</v>
+      </c>
+      <c r="M72" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N72" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A73" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G73" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I73" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J73" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="K73" s="11">
+        <v>45931</v>
+      </c>
+      <c r="L73" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M73" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N73" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A74" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G74" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I74" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J74" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="K74" s="11">
+        <v>45948</v>
+      </c>
+      <c r="L74" s="11">
+        <v>46341</v>
+      </c>
+      <c r="M74" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N74" s="12" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A75" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J75" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="K75" s="3">
+        <v>45766</v>
+      </c>
+      <c r="L75" s="3">
+        <v>46022</v>
+      </c>
+      <c r="M75" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N75" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O75" s="2"/>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A76" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G76" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H76" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I76" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J76" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="K76" s="11">
+        <v>45985</v>
+      </c>
+      <c r="L76" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M76" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N76" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O76" s="2"/>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A77" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J77" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="K77" s="3">
+        <v>45890</v>
+      </c>
+      <c r="L77" s="3">
+        <v>46143</v>
+      </c>
+      <c r="M77" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N77" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O77" s="2"/>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A78" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="K78" s="3">
+        <v>45754</v>
+      </c>
+      <c r="L78" s="3">
+        <v>46022</v>
+      </c>
+      <c r="M78" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N78" s="13" t="s">
+        <v>680</v>
+      </c>
+      <c r="O78" s="2"/>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A79" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="K79" s="3">
+        <v>45792</v>
+      </c>
+      <c r="L79" s="3">
+        <v>46204</v>
+      </c>
+      <c r="M79" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N79" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O79" s="2"/>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A80" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F80" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G80" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H80" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I80" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J80" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="K80" s="11">
+        <v>45841</v>
+      </c>
+      <c r="L80" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M80" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N80" s="12" t="s">
+        <v>425</v>
+      </c>
+      <c r="O80" s="2"/>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A81" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="K81" s="3">
+        <v>45890</v>
+      </c>
+      <c r="L81" s="3">
+        <v>46006</v>
+      </c>
+      <c r="M81" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N81" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O81" s="2"/>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A82" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G82" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H82" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I82" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J82" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="K82" s="11">
+        <v>45967</v>
+      </c>
+      <c r="L82" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M82" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N82" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="O82" s="2"/>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A83" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G83" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H83" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I83" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J83" s="4" t="s">
+        <v>683</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="L83" s="9">
+        <v>46028</v>
+      </c>
+      <c r="M83" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N83" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O83" s="2"/>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A84" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G84" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I84" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J84" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="K84" s="11">
+        <v>45945</v>
+      </c>
+      <c r="L84" s="11">
+        <v>46371</v>
+      </c>
+      <c r="M84" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N84" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O84" s="2"/>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A85" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="K85" s="3">
+        <v>45825</v>
+      </c>
+      <c r="L85" s="3">
+        <v>46022</v>
+      </c>
+      <c r="M85" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N85" s="13" t="s">
+        <v>686</v>
+      </c>
+      <c r="O85" s="2"/>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A86" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="K86" s="3">
+        <v>45817</v>
+      </c>
+      <c r="L86" s="3">
+        <v>46204</v>
+      </c>
+      <c r="M86" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N86" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O86" s="2"/>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A87" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="K87" s="3">
+        <v>45891</v>
+      </c>
+      <c r="L87" s="3">
+        <v>46204</v>
+      </c>
+      <c r="M87" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N87" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O87" s="2"/>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A88" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="K88" s="3">
+        <v>45891</v>
+      </c>
+      <c r="L88" s="3">
+        <v>46204</v>
+      </c>
+      <c r="M88" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N88" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O88" s="2"/>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A89" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G89" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H89" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I89" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J89" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="K89" s="11">
+        <v>45933</v>
+      </c>
+      <c r="L89" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M89" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N89" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O89" s="2"/>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A90" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="K90" s="3">
+        <v>45873</v>
+      </c>
+      <c r="L90" s="3">
+        <v>46143</v>
+      </c>
+      <c r="M90" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N90" s="13" t="s">
+        <v>461</v>
+      </c>
+      <c r="O90" s="2"/>
+    </row>
+    <row r="91" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A91" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="K91" s="3">
+        <v>45779</v>
+      </c>
+      <c r="L91" s="3">
+        <v>46143</v>
+      </c>
+      <c r="M91" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N91" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O91" s="7"/>
+    </row>
+    <row r="92" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A92" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G92" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H92" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I92" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J92" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="K92" s="11">
+        <v>45937</v>
+      </c>
+      <c r="L92" s="11">
+        <v>46280</v>
+      </c>
+      <c r="M92" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N92" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O92" s="7"/>
+    </row>
+    <row r="93" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A93" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G93" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I93" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J93" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="K93" s="11">
+        <v>45936</v>
+      </c>
+      <c r="L93" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M93" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N93" s="12" t="s">
+        <v>474</v>
+      </c>
+      <c r="O93" s="7"/>
+    </row>
+    <row r="94" spans="1:15" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A94" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G94" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H94" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I94" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J94" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="K94" s="11">
+        <v>45944</v>
+      </c>
+      <c r="L94" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M94" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N94" s="12" t="s">
+        <v>474</v>
+      </c>
+      <c r="O94" s="7"/>
+    </row>
+    <row r="95" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A95" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="K95" s="3">
+        <v>45777</v>
+      </c>
+      <c r="L95" s="3">
+        <v>46296</v>
+      </c>
+      <c r="M95" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N95" s="13" t="s">
+        <v>474</v>
+      </c>
+      <c r="O95" s="7"/>
+    </row>
+    <row r="96" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A96" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G96" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H96" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I96" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J96" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="K96" s="11">
+        <v>45941</v>
+      </c>
+      <c r="L96" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M96" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N96" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O96" s="7"/>
+    </row>
+    <row r="97" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A97" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G97" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I97" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J97" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="K97" s="11">
+        <v>45935</v>
+      </c>
+      <c r="L97" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M97" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N97" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O97" s="7"/>
+    </row>
+    <row r="98" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A98" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="K98" s="3">
+        <v>45785</v>
+      </c>
+      <c r="L98" s="3">
+        <v>46327</v>
+      </c>
+      <c r="M98" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N98" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O98" s="7"/>
+    </row>
+    <row r="99" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A99" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="B99" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>496</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G99" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H99" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I99" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J99" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="K99" s="11">
+        <v>45947</v>
+      </c>
+      <c r="L99" s="11">
+        <v>46249</v>
+      </c>
+      <c r="M99" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N99" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O99" s="7"/>
+    </row>
+    <row r="100" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A100" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G100" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H100" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I100" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J100" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="K100" s="11">
+        <v>46000</v>
+      </c>
+      <c r="L100" s="11">
+        <v>46310</v>
+      </c>
+      <c r="M100" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="N100" s="12" t="s">
+        <v>504</v>
+      </c>
+      <c r="O100" s="7"/>
+    </row>
+    <row r="101" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A101" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G101" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I101" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J101" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="K101" s="11">
+        <v>45946</v>
+      </c>
+      <c r="L101" s="11">
+        <v>46371</v>
+      </c>
+      <c r="M101" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N101" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O101" s="7"/>
+    </row>
+    <row r="102" spans="1:15" s="8" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A102" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="K102" s="3">
+        <v>45687</v>
+      </c>
+      <c r="L102" s="3">
+        <v>46006</v>
+      </c>
+      <c r="M102" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N102" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O102" s="7"/>
+    </row>
+    <row r="103" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A103" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="K103" s="3">
+        <v>45687</v>
+      </c>
+      <c r="L103" s="3">
+        <v>46006</v>
+      </c>
+      <c r="M103" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N103" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O103" s="7"/>
+    </row>
+    <row r="104" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A104" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="K104" s="3">
+        <v>45744</v>
+      </c>
+      <c r="L104" s="3">
+        <v>46022</v>
+      </c>
+      <c r="M104" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="N104" s="13" t="s">
+        <v>518</v>
+      </c>
+      <c r="O104" s="2"/>
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A105" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F105" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G105" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H105" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I105" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J105" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="K105" s="11">
+        <v>45944</v>
+      </c>
+      <c r="L105" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M105" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N105" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O105" s="2"/>
+    </row>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A106" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>524</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F106" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G106" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H106" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I106" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J106" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="K106" s="11">
+        <v>45930</v>
+      </c>
+      <c r="L106" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M106" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="N106" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O106" s="2"/>
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A107" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="K107" s="3">
+        <v>45687</v>
+      </c>
+      <c r="L107" s="3">
+        <v>46006</v>
+      </c>
+      <c r="M107" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N107" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O107" s="2"/>
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A108" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="K108" s="3">
+        <v>45895</v>
+      </c>
+      <c r="L108" s="3">
+        <v>46235</v>
+      </c>
+      <c r="M108" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N108" s="13" t="s">
+        <v>533</v>
+      </c>
+      <c r="O108" s="2"/>
+    </row>
+    <row r="109" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A109" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="K109" s="3">
+        <v>45730</v>
+      </c>
+      <c r="L109" s="3">
+        <v>46143</v>
+      </c>
+      <c r="M109" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N109" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O109" s="2"/>
+    </row>
+    <row r="110" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A110" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="K110" s="3">
+        <v>45915</v>
+      </c>
+      <c r="L110" s="3">
+        <v>46068</v>
+      </c>
+      <c r="M110" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N110" s="13" t="s">
+        <v>541</v>
+      </c>
+      <c r="O110" s="2"/>
+    </row>
+    <row r="111" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A111" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="K111" s="3">
+        <v>45770</v>
+      </c>
+      <c r="L111" s="3">
+        <v>46143</v>
+      </c>
+      <c r="M111" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N111" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O111" s="2"/>
+    </row>
+    <row r="112" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A112" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="K112" s="3">
+        <v>45807</v>
+      </c>
+      <c r="L112" s="3">
+        <v>46143</v>
+      </c>
+      <c r="M112" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N112" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O112" s="2"/>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A113" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="K113" s="3">
+        <v>45737</v>
+      </c>
+      <c r="L113" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M113" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N113" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O113" s="2"/>
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A114" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="K114" s="3">
+        <v>45755</v>
+      </c>
+      <c r="L114" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M114" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N114" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O114" s="2"/>
+    </row>
+    <row r="115" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A115" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="K115" s="3">
+        <v>45749</v>
+      </c>
+      <c r="L115" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M115" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N115" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O115" s="2"/>
+    </row>
+    <row r="116" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A116" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="K116" s="3">
+        <v>45739</v>
+      </c>
+      <c r="L116" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M116" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N116" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O116" s="2"/>
+    </row>
+    <row r="117" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A117" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="K117" s="3">
+        <v>45730</v>
+      </c>
+      <c r="L117" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M117" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N117" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O117" s="2"/>
+    </row>
+    <row r="118" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A118" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="K118" s="3">
+        <v>45891</v>
+      </c>
+      <c r="L118" s="3">
+        <v>46174</v>
+      </c>
+      <c r="M118" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N118" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O118" s="2"/>
+    </row>
+    <row r="119" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A119" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="K119" s="3">
+        <v>45863</v>
+      </c>
+      <c r="L119" s="3">
+        <v>46235</v>
+      </c>
+      <c r="M119" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N119" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O119" s="2"/>
+    </row>
+    <row r="120" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A120" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="K120" s="3">
+        <v>45863</v>
+      </c>
+      <c r="L120" s="3">
+        <v>46235</v>
+      </c>
+      <c r="M120" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N120" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O120" s="2"/>
+    </row>
+    <row r="121" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A121" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="K121" s="3">
+        <v>45863</v>
+      </c>
+      <c r="L121" s="3">
+        <v>46235</v>
+      </c>
+      <c r="M121" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N121" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O121" s="2"/>
+    </row>
+    <row r="122" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A122" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="K122" s="3">
+        <v>45863</v>
+      </c>
+      <c r="L122" s="3">
+        <v>46235</v>
+      </c>
+      <c r="M122" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N122" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O122" s="2"/>
+    </row>
+    <row r="123" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A123" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="C123" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F123" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G123" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H123" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I123" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J123" s="4" t="s">
+        <v>583</v>
+      </c>
+      <c r="K123" s="11">
+        <v>45992</v>
+      </c>
+      <c r="L123" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M123" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N123" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O123" s="2"/>
+    </row>
+    <row r="124" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A124" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="K124" s="3">
+        <v>45915</v>
+      </c>
+      <c r="L124" s="3">
+        <v>46204</v>
+      </c>
+      <c r="M124" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N124" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O124" s="2"/>
+    </row>
+    <row r="125" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A125" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G125" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H125" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I125" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J125" s="4" t="s">
+        <v>591</v>
+      </c>
+      <c r="K125" s="11">
+        <v>45945</v>
+      </c>
+      <c r="L125" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M125" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N125" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O125" s="2"/>
+    </row>
+    <row r="126" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A126" s="4" t="s">
+        <v>593</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F126" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G126" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H126" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I126" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J126" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="K126" s="11">
+        <v>45945</v>
+      </c>
+      <c r="L126" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M126" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N126" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O126" s="2"/>
+    </row>
+    <row r="127" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A127" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="B127" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="C127" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G127" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H127" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I127" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J127" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="K127" s="11">
+        <v>45945</v>
+      </c>
+      <c r="L127" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M127" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N127" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O127" s="2"/>
+    </row>
+    <row r="128" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A128" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="K128" s="3">
+        <v>45863</v>
+      </c>
+      <c r="L128" s="3">
+        <v>46296</v>
+      </c>
+      <c r="M128" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N128" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O128" s="2"/>
+    </row>
+    <row r="129" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A129" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="C129" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="F129" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G129" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H129" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I129" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J129" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="K129" s="11">
+        <v>45945</v>
+      </c>
+      <c r="L129" s="11">
+        <v>46296</v>
+      </c>
+      <c r="M129" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N129" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O129" s="2"/>
+    </row>
+    <row r="130" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A130" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="F130" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G130" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H130" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I130" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J130" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="K130" s="11">
+        <v>45953</v>
+      </c>
+      <c r="L130" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M130" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N130" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O130" s="2"/>
+    </row>
+    <row r="131" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A131" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>616</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="E131" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="F131" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G131" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H131" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I131" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J131" s="4" t="s">
+        <v>619</v>
+      </c>
+      <c r="K131" s="11">
+        <v>45953</v>
+      </c>
+      <c r="L131" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M131" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N131" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O131" s="2"/>
+    </row>
+    <row r="132" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A132" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F132" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G132" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H132" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I132" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J132" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="K132" s="11">
+        <v>45943</v>
+      </c>
+      <c r="L132" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M132" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N132" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O132" s="2"/>
+    </row>
+    <row r="133" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A133" s="4" t="s">
+        <v>624</v>
+      </c>
+      <c r="B133" s="4" t="s">
+        <v>625</v>
+      </c>
+      <c r="C133" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F133" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G133" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H133" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I133" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J133" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="K133" s="11">
+        <v>45974</v>
+      </c>
+      <c r="L133" s="11">
+        <v>46327</v>
+      </c>
+      <c r="M133" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N133" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O133" s="2"/>
+    </row>
+    <row r="134" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A134" s="4" t="s">
+        <v>628</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>629</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F134" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G134" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H134" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I134" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J134" s="4" t="s">
+        <v>631</v>
+      </c>
+      <c r="K134" s="11">
+        <v>45985</v>
+      </c>
+      <c r="L134" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M134" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N134" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O134" s="2"/>
+    </row>
+    <row r="135" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A135" s="4" t="s">
+        <v>632</v>
+      </c>
+      <c r="B135" s="4" t="s">
         <v>633</v>
       </c>
-      <c r="K5" s="6">
-[...28 lines deleted...]
-      <c r="F6" s="5" t="s">
+      <c r="C135" s="4" t="s">
+        <v>634</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F135" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G135" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H135" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I135" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J135" s="4" t="s">
+        <v>635</v>
+      </c>
+      <c r="K135" s="11">
+        <v>45985</v>
+      </c>
+      <c r="L135" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M135" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N135" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O135" s="2"/>
+    </row>
+    <row r="136" spans="1:15" s="10" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A136" s="4" t="s">
+        <v>636</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>638</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F136" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G136" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H136" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I136" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J136" s="4" t="s">
+        <v>639</v>
+      </c>
+      <c r="K136" s="11">
+        <v>45945</v>
+      </c>
+      <c r="L136" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M136" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N136" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O136" s="2"/>
+    </row>
+    <row r="137" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A137" s="4" t="s">
+        <v>640</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>641</v>
+      </c>
+      <c r="C137" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F137" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G137" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H137" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I137" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J137" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="K137" s="11">
+        <v>45954</v>
+      </c>
+      <c r="L137" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M137" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N137" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O137" s="2"/>
+    </row>
+    <row r="138" spans="1:15" s="8" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A138" s="4" t="s">
+        <v>645</v>
+      </c>
+      <c r="B138" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>647</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F138" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G138" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H138" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I138" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J138" s="4" t="s">
+        <v>648</v>
+      </c>
+      <c r="K138" s="11">
+        <v>45943</v>
+      </c>
+      <c r="L138" s="11">
+        <v>46357</v>
+      </c>
+      <c r="M138" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N138" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O138" s="7"/>
+    </row>
+    <row r="139" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A139" s="4" t="s">
+        <v>649</v>
+      </c>
+      <c r="B139" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="C139" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="F139" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G139" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H139" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I139" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J139" s="4" t="s">
+        <v>652</v>
+      </c>
+      <c r="K139" s="11">
+        <v>45953</v>
+      </c>
+      <c r="L139" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M139" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N139" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O139" s="2"/>
+    </row>
+    <row r="140" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="A140" s="4" t="s">
+        <v>653</v>
+      </c>
+      <c r="B140" s="4" t="s">
+        <v>654</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>655</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F140" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="G6" s="5" t="s">
-[...108 lines deleted...]
-      <c r="N8" s="5" t="s">
+      <c r="G140" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H140" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I140" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="J140" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="K140" s="11">
+        <v>45993</v>
+      </c>
+      <c r="L140" s="11">
+        <v>46387</v>
+      </c>
+      <c r="M140" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N140" s="12" t="s">
         <v>24</v>
       </c>
-    </row>
-[...5102 lines deleted...]
-      </c>
+      <c r="O140" s="2"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N125">
-    <sortCondition ref="A84:A125"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N140">
+    <sortCondition ref="A1:A140"/>
   </sortState>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...1289 lines deleted...]
-  </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet1</vt:lpstr>
-      <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Adam Maxwell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>