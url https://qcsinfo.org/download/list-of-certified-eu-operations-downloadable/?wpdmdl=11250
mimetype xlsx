--- v1 (2025-12-31)
+++ v2 (2026-03-02)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/December 2025/Tracking/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://growers19-my.sharepoint.com/personal/adam_qcsinfo_org/Documents/Desktop 1/February 2026/Feb Tracking/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{314F7278-0EA4-495D-A989-CB4BD487E7A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="55" documentId="11_F6E65ACA0CDF8E091061005C784339F02103E0CF" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{74809946-2E91-4214-BB80-28C08306A51B}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="7485" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1686" uniqueCount="717">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1768" uniqueCount="739">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Client</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>Town</t>
   </si>
   <si>
     <t>State/Province</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Certified</t>
   </si>
   <si>
     <t>Group of Operators</t>
   </si>
   <si>
@@ -138,75 +138,75 @@
   <si>
     <t>Increcer S.A.</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000095.2025.001</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>Desarrollus S.A.</t>
   </si>
   <si>
     <t>Av. Los Arcos Edificio Arcos Plaza I</t>
   </si>
   <si>
     <t>Banana, Bananas, Cacao</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>MARPLANTIS S.A.</t>
   </si>
   <si>
-    <t>Km 1.5 Vía a Samborondón</t>
-[...2 lines deleted...]
-    <t>Samborondon</t>
+    <t>Km 1.5 vía a Samborondón</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000088.2026.001</t>
   </si>
   <si>
     <t>Bananas, Cacao Beans</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>Carlos José Dávila Escudero</t>
   </si>
   <si>
     <t>Gaspar Sangurima 8-89</t>
   </si>
   <si>
     <t>Cuenca</t>
   </si>
   <si>
     <t>Azuay</t>
   </si>
   <si>
-    <t>EC-BIO-144.218-0000842.2025.003</t>
+    <t>EC-BIO-144.218-0000842.2026.001</t>
   </si>
   <si>
     <t>EU 848 A, EU 848 D</t>
   </si>
   <si>
     <t>Cacao Beans, Bitter Chocolate, Cacao licor/mass/paste, Cacao manteca/butter, Cacao powder, Chocolate Nibs, Cacao, Other Chocolate Goods</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>Guarionex Domingo Garcia Pujols</t>
   </si>
   <si>
     <t>Pról, José Ismael reyes, casa 13, Yerba de Guinea.</t>
   </si>
   <si>
     <t>Mao</t>
   </si>
   <si>
     <t>Valverde</t>
   </si>
   <si>
     <t>DOMINICAN REPUBLIC</t>
   </si>
@@ -301,50 +301,53 @@
   <si>
     <t>AVDA. MALECON</t>
   </si>
   <si>
     <t>Salinas</t>
   </si>
   <si>
     <t>Santa Elena</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0001095.2025.001</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>Jose Luis Popoteur Grullon</t>
   </si>
   <si>
     <t>Colon, Casa #6, Guayubin</t>
   </si>
   <si>
     <t>Monte Cristi</t>
   </si>
   <si>
+    <t>DO-BIO-144.214-0000167.2025.002</t>
+  </si>
+  <si>
     <t>2349</t>
   </si>
   <si>
     <t>Plantain Republic / República del Plátano Exportplantain S.A.</t>
   </si>
   <si>
     <t>Av. 15 de abril</t>
   </si>
   <si>
     <t>Portoviejo</t>
   </si>
   <si>
     <t>Manabi</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0001114.2025.002</t>
   </si>
   <si>
     <t>Plantain Chips</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>Rafael Epifanio Infante</t>
@@ -361,1320 +364,1395 @@
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>Productos Elaborados Bolivar S.A. PEBSA</t>
   </si>
   <si>
     <t>1er Pasaje calle 38E N-O y Calle 28 N-O</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000394.2025.001</t>
   </si>
   <si>
     <t>Dehydrated Bananas</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>Banamek International, Corp.</t>
   </si>
   <si>
     <t>Carretera Jose Oscar Peña No 5, Hato Nuevo</t>
   </si>
   <si>
+    <t>DO-BIO-144.214-0000199.2025.003</t>
+  </si>
+  <si>
     <t>2611</t>
   </si>
   <si>
     <t>Vitaliano Granda</t>
   </si>
   <si>
     <t>Vía Panamericana s/n</t>
   </si>
   <si>
     <t>Santa Rosa</t>
   </si>
   <si>
     <t>El Oro</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000389.2025.001</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>Frutasiete Cía. Ltda.</t>
   </si>
   <si>
     <t>Solar 13 Manzana 200</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000388.2025.001</t>
   </si>
   <si>
+    <t>2866</t>
+  </si>
+  <si>
+    <t>UYAMAFARMS S.A.</t>
+  </si>
+  <si>
+    <t>Panamericana Norte Km 9 via a Ibarra</t>
+  </si>
+  <si>
+    <t>Mira</t>
+  </si>
+  <si>
+    <t>Carchi</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001131.2026.001</t>
+  </si>
+  <si>
     <t>EU 848 A, T2</t>
   </si>
   <si>
+    <t>Avocados, Other Fruits/Vegetables</t>
+  </si>
+  <si>
     <t>2906</t>
   </si>
   <si>
     <t>Asociación Agropecuaria La Y de Cucuy</t>
   </si>
   <si>
     <t>Sitio La Y de Cucuy</t>
   </si>
   <si>
     <t>Chone</t>
   </si>
   <si>
     <t>Manabí</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0001099.2025.001</t>
   </si>
   <si>
     <t>EU 848 A, T1, T2</t>
   </si>
   <si>
-    <t>Plantain, Cacao, Plantains, Other</t>
+    <t>Other, Plantain, Cacao, Plantains</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>Larvicultura del Pacifico S.A</t>
   </si>
   <si>
     <t>Kilometro 2 carretera a Orocuina</t>
   </si>
   <si>
     <t>HN-BIO-144.340-0000135.2025.001</t>
   </si>
   <si>
     <t>EU 848 C
 EU 848 C</t>
   </si>
   <si>
     <t>Shrimp Larvae</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>Ecuamoringa S.A.</t>
   </si>
   <si>
     <t>Arq. Federico González Suárez 233</t>
   </si>
   <si>
+    <t>EC-BIO-144.218-0000602.2025.002</t>
+  </si>
+  <si>
+    <t>Dried moringa leaves, Moringa powder</t>
+  </si>
+  <si>
+    <t>3025</t>
+  </si>
+  <si>
+    <t>MQManga S.A.</t>
+  </si>
+  <si>
+    <t>Rcto Las Mercedes</t>
+  </si>
+  <si>
+    <t>Isidro Ayora</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000709.2025.002</t>
+  </si>
+  <si>
+    <t>Mangos, Tamarind</t>
+  </si>
+  <si>
+    <t>3037</t>
+  </si>
+  <si>
+    <t>Oreste Patricio San Martin Cuenca</t>
+  </si>
+  <si>
+    <t>LA FERROVIARIA</t>
+  </si>
+  <si>
+    <t>Machala</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001102.2025.001</t>
+  </si>
+  <si>
+    <t>3041</t>
+  </si>
+  <si>
+    <t>PT Green Mountain Purveyors DBA Green Mountain Pure</t>
+  </si>
+  <si>
+    <t>Menara Ravindo Lt. 12, Jalan Kebon Sirih Kav. 75, Kel. Kebon Sirih, Kec. Menteng</t>
+  </si>
+  <si>
+    <t>Jakarta Pusat</t>
+  </si>
+  <si>
+    <t>DKI Jakarta</t>
+  </si>
+  <si>
+    <t>INDONESIA</t>
+  </si>
+  <si>
+    <t>ID-BIO-144.360-0000384.2025.002</t>
+  </si>
+  <si>
+    <t>Coconut Sap/ Coconut Palm Sap (Raw), Sweeteners, Other Condiments and Sweeteners</t>
+  </si>
+  <si>
+    <t>3058</t>
+  </si>
+  <si>
+    <t>Bananera Locuras S.A. BANLOCSA</t>
+  </si>
+  <si>
+    <t>Arcesio Correa, Villa 7</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000305.2025.002</t>
+  </si>
+  <si>
+    <t>3072</t>
+  </si>
+  <si>
+    <t>Serrano Loja Tito Leonel</t>
+  </si>
+  <si>
+    <t>VIA A CUENCA  S/N</t>
+  </si>
+  <si>
+    <t>Pasaje</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000126.2025.001</t>
+  </si>
+  <si>
+    <t>3087</t>
+  </si>
+  <si>
+    <t>Tryskelwork Soluciones S.A.</t>
+  </si>
+  <si>
+    <t>A 3,5 kilometros de la Junta Parroquial de Cotundo</t>
+  </si>
+  <si>
+    <t>Archidona</t>
+  </si>
+  <si>
+    <t>Napo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001103.2025.002</t>
+  </si>
+  <si>
+    <t>Guayusa powder, Hierbaluisa powder, Guayusa, Lemon Grass, Macambo</t>
+  </si>
+  <si>
+    <t>3152</t>
+  </si>
+  <si>
+    <t>Cooperativa Agropecuaria y de Servicios Multiples (COOPABANDO)</t>
+  </si>
+  <si>
+    <t>Autopista Duarte Sector el 70, Cruce de Guayacanes</t>
+  </si>
+  <si>
+    <t>Laguna Salada</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>3199</t>
+  </si>
+  <si>
+    <t>Inversiones de Exportación S.A</t>
+  </si>
+  <si>
+    <t>Kilometro 2 Carretera a Orocuina</t>
+  </si>
+  <si>
+    <t>Departamento Choluteca</t>
+  </si>
+  <si>
+    <t>HN-BIO-144.340-0000120.2025.001</t>
+  </si>
+  <si>
+    <t>Shrimp</t>
+  </si>
+  <si>
+    <t>3233</t>
+  </si>
+  <si>
+    <t>Asociación de Productores de Banano 24 de Diciembre</t>
+  </si>
+  <si>
+    <t>Urbanización Las Crucitas</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000279.2025.001</t>
+  </si>
+  <si>
+    <t>3234</t>
+  </si>
+  <si>
+    <t>PACOBANANA S.A. Paco's Fruits and Vegetables</t>
+  </si>
+  <si>
+    <t>Km. 1 Vía Boliche – Puerto Inca</t>
+  </si>
+  <si>
+    <t>Yaguachi</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001094.2025.001</t>
+  </si>
+  <si>
+    <t>Dehydrated Bananas, Dehydrated Foods</t>
+  </si>
+  <si>
+    <t>3248</t>
+  </si>
+  <si>
+    <t>Angel Eugenio Macas Poma</t>
+  </si>
+  <si>
+    <t>Via Pasaje</t>
+  </si>
+  <si>
+    <t>EU 848 A, T1</t>
+  </si>
+  <si>
+    <t>3249</t>
+  </si>
+  <si>
+    <t>Dilmer Eduardo Nieto Romero</t>
+  </si>
+  <si>
+    <t>Av. Quito</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000391.2025.001</t>
+  </si>
+  <si>
+    <t>3264</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN DE PRODUCCIÓN AGRÍCOLA PRODUCCIÓN Y VIDA ASOAGRIPROVI</t>
+  </si>
+  <si>
+    <t>Av. Bolivar s/n</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001074.2025.001</t>
+  </si>
+  <si>
+    <t>Bananas, Bananas</t>
+  </si>
+  <si>
+    <t>3266</t>
+  </si>
+  <si>
+    <t>Agroindustrias Arriba del Ecuador Agroarriba S.A.</t>
+  </si>
+  <si>
+    <t>Km. 4,5 vía Durán - Yaguachi</t>
+  </si>
+  <si>
+    <t>Durán</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001010.2025.001</t>
+  </si>
+  <si>
+    <t>Cacao Beans</t>
+  </si>
+  <si>
+    <t>3617</t>
+  </si>
+  <si>
+    <t>Mario Dario Sanluis Almanzar Fermin</t>
+  </si>
+  <si>
+    <t>Aurelio Maria Santiago, casa 5, Centro de la ciudad, Esperanza</t>
+  </si>
+  <si>
+    <t>Esperanza</t>
+  </si>
+  <si>
+    <t>3635</t>
+  </si>
+  <si>
+    <t>Corporación Gruppo Salinas</t>
+  </si>
+  <si>
+    <t>El Calvario s/n</t>
+  </si>
+  <si>
+    <t>Salinas de Guaranda</t>
+  </si>
+  <si>
+    <t>Bolivar</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000226.2025.001</t>
+  </si>
+  <si>
+    <t>Cacao Beans, Chocolate Nibs, cacao liquor, Cacao powder, Cacao licor/mass/paste, Dark Chocolate, Other Condiments and Sweeteners</t>
+  </si>
+  <si>
+    <t>3643</t>
+  </si>
+  <si>
+    <t>Juan David Noblecilla Santistevan</t>
+  </si>
+  <si>
+    <t>Calle Olga Morla s/n</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000392.2025.001</t>
+  </si>
+  <si>
+    <t>3645</t>
+  </si>
+  <si>
+    <t>Asociación de Productores Bananeros Orenses</t>
+  </si>
+  <si>
+    <t>Barrio Cristo Rey, Eloy Alfaro s/n y Franklin Chávez</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000308.2025.001</t>
+  </si>
+  <si>
+    <t>3669</t>
+  </si>
+  <si>
+    <t>Asociacion de Productores de Exportacion de Montecristi, INC (ASEXBAM)</t>
+  </si>
+  <si>
+    <t>Calle Pricipal No.10 Distrito Municipal de Palo Verde, Castañuelas, Montecristi</t>
+  </si>
+  <si>
+    <t>Palo Verde</t>
+  </si>
+  <si>
+    <t>Montecristi</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000176.2025.002</t>
+  </si>
+  <si>
+    <t>EU 848 A, T3</t>
+  </si>
+  <si>
+    <t>3696</t>
+  </si>
+  <si>
+    <t>Asociación Artesanal de Productores de Café y Maní de Manabí ASOPROCAM</t>
+  </si>
+  <si>
+    <t>Parroquia Campozano</t>
+  </si>
+  <si>
+    <t>Paján</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001137.2025.001</t>
+  </si>
+  <si>
+    <t>EU 848 A, EU 848 D, T2, T3</t>
+  </si>
+  <si>
+    <t>Cassava, Coffee Beans , Fallow, Lemon Grass, Mangos, Oranges, Peanuts, Plantains, Sesame, Coffee, Coffee cherry/café cereza, Dehydrated plantain, Dehydrated yucca/cassava, Lemon verbana, Green coffee/café verde/café oro, Mango, Orange leaf, Oranges, Other Nuts/Seeds, Peanuts, Peanuts, roasted, Plantain, Parchment coffee/café pergamino seco, Yucca/cassava</t>
+  </si>
+  <si>
+    <t>3704</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN DE PRODUCCIÓN AGRÍCOLA TIERRA VERDE "ASOPRATVERDE"</t>
+  </si>
+  <si>
+    <t>Babahoyo s/n</t>
+  </si>
+  <si>
+    <t>La Concordia</t>
+  </si>
+  <si>
+    <t>Santo Domingo de los Tsáchilas</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000089.2025.001</t>
+  </si>
+  <si>
+    <t>3732</t>
+  </si>
+  <si>
+    <t>Aquilino de Jesus Duran</t>
+  </si>
+  <si>
+    <t>Calle 9 Casa #22 Ámina, Mao</t>
+  </si>
+  <si>
+    <t>3748</t>
+  </si>
+  <si>
+    <t>Asociación de Producción Agrícola Ecuador Origen ASOECUAORIGEN</t>
+  </si>
+  <si>
+    <t>Calle 7 de mayo, #08</t>
+  </si>
+  <si>
+    <t>Guaranda</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001101.2025.001</t>
+  </si>
+  <si>
+    <t>3818</t>
+  </si>
+  <si>
+    <t>Yonny de Jesus Reyes Serrata</t>
+  </si>
+  <si>
+    <t>1RA B- Los parceleros, Pueblo Nuevo Casa 21, Los Ingenitos</t>
+  </si>
+  <si>
+    <t>San Ignacio de Sabaneta</t>
+  </si>
+  <si>
+    <t>Santiago Rodríguez</t>
+  </si>
+  <si>
+    <t>3833</t>
+  </si>
+  <si>
+    <t>Proyecto Bananero del Noroeste, S.R. L. (PROBANOR)</t>
+  </si>
+  <si>
+    <t>Calle Principal, Manzana D, No. 41, Carol Gissell</t>
+  </si>
+  <si>
+    <t>3862</t>
+  </si>
+  <si>
+    <t>Rosa Yris Jumelles Osorio</t>
+  </si>
+  <si>
+    <t>Dhimas de JS Rodriguez Casa 38, Enriquillo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000192.2025.002</t>
+  </si>
+  <si>
+    <t>3885</t>
+  </si>
+  <si>
+    <t>Juan Manuel Peña Martinez</t>
+  </si>
+  <si>
+    <t>Gregorio Aracena No.29, Centro Ciudad</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000187.2025.001</t>
+  </si>
+  <si>
+    <t>3888</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi</t>
+  </si>
+  <si>
+    <t>3. Organize San Bolgesi 83313 NOLU Cad. No.6-8</t>
+  </si>
+  <si>
+    <t>Sehitkamil</t>
+  </si>
+  <si>
+    <t>Gaziantep</t>
+  </si>
+  <si>
+    <t>TURKEY</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0004906.2025.005</t>
+  </si>
+  <si>
+    <t>EU 848 A, EU 848 D, EU 848 E</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Chickpeas, broken, Canola Oil, Chickpeas/Garbanzo Beans, Oils, Durum, Flax / Linseed, Corn, Corn Bran, Corn, processed, Corn, cracked, Wheat, Wheat Flour, Sunflower Seed Kernel, Sunflower Oil, Sunflower Seed, Rapeseed, Semolina, Soybean Meal, Soybean Oil, Soybeans, Peas, Other Other Grains, Pastas and Cereals, Other Oils &amp; Oleoresins, Other Nuts/Seeds, Other Fruits/Vegetables, Other, Other Dry/Baking Goods</t>
+  </si>
+  <si>
+    <t>3889</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Çorum</t>
+  </si>
+  <si>
+    <t>3. Organize San Bolgesi 83313 NOLU Cad. No. 6-8</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0003196.2025.009</t>
+  </si>
+  <si>
+    <t>Other Fruits/Vegetables, Other Nuts/Seeds, Other Oils &amp; Oleoresins, Peas, Soybeans, Soybean Oil, Soybean Meal, Semolina, Rapeseed, Sunflower Seed, Sunflower Oil, Sunflower Seed Kernel, Wheat Flour, Wheat, Corn, cracked, Corn, degerminated, Corn, processed, Corn Bran, Corn meal, Corn, Flax / Linseed, Durum, Chickpeas/Garbanzo Beans, Canola Oil, Canola, Barley</t>
+  </si>
+  <si>
+    <t>3890</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Giresun</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0004866.2025.003</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Canola Oil, Chickpeas/Garbanzo Beans, Durum, Flax / Linseed, Oils, Corn, Corn meal, Corn Bran, Corn, processed, Corn, degerminated, Corn, cracked, Wheat, Wheat Flour, Sunflower Seed Kernel, Sunflower Oil, Sunflower Seed, Semolina, Soybean Meal, Soybean Oil, Soybeans, Peas, Other Oils &amp; Oleoresins, Other Nuts/Seeds, Other Fruits/Vegetables</t>
+  </si>
+  <si>
+    <t>3891</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Samsun</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0005007.2025.005</t>
+  </si>
+  <si>
+    <t>Other Fruits/Vegetables, Other Nuts/Seeds, Other Dry/Baking Goods, Other Oils &amp; Oleoresins, Other Other Grains, Pastas and Cereals, Peas, Soybeans, Soybean Oil, Soybean Meal, Semolina, Rapeseed, Sunflower Seed, Sunflower Oil, Sunflower Seed Kernel, Sunflower Meal, Wheat Flour, Wheat, Corn, cracked, Corn, degerminated, Corn, processed, Corn Bran, Corn meal, Corn, Flax / Linseed, Durum, Chickpeas/Garbanzo Beans, Canola Oil, Canola, Barley</t>
+  </si>
+  <si>
+    <t>3893</t>
+  </si>
+  <si>
+    <t>Sunrise Foods International Tarim Urunleri Ticaret Anonim Sirketi - Bandirma</t>
+  </si>
+  <si>
+    <t>TR-BIO-144.792-0005008.2025.002</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Canola Oil, Chickpeas/Garbanzo Beans, Durum, Flax / Linseed, Oils, Corn, Corn meal, Corn Bran, Corn, processed, Corn, degerminated, Corn, cracked, Wheat, Wheat Flour, Sunflower Meal, Sunflower Seed Kernel, Sunflower Oil, Sunflower Seed, Rapeseed, Semolina, Soybean Meal, Soybean Oil, Soybeans, Peas, Other Oils &amp; Oleoresins, Other Nuts/Seeds, Other Fruits/Vegetables</t>
+  </si>
+  <si>
+    <t>3898</t>
+  </si>
+  <si>
+    <t>Chocolates Atelier Chocolatier S.A.</t>
+  </si>
+  <si>
+    <t>Km 4.5 vía Durán - Tambo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000387.2025.002</t>
+  </si>
+  <si>
+    <t>Other Chocolate Goods, Chocolate, Green coffee/café verde/café oro, Chocolate Nibs, Cacao powder, Cacao licor/mass/paste, Cacao manteca/butter, Cacao Beans</t>
+  </si>
+  <si>
+    <t>3921</t>
+  </si>
+  <si>
+    <t>ASOARAC - Asociacion de Agricultores Ramon Antonio Cruz, INC.</t>
+  </si>
+  <si>
+    <t>Entrada Liceo Corina Belliard</t>
+  </si>
+  <si>
+    <t>Hatillo Palma</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000144.2025.002</t>
+  </si>
+  <si>
+    <t>3922</t>
+  </si>
+  <si>
+    <t>Carlos Rafael Tejada Reyes</t>
+  </si>
+  <si>
+    <t>Principal Casa S/N, Cañada Grande Moncion.</t>
+  </si>
+  <si>
+    <t>Moncion</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000193.2025.001</t>
+  </si>
+  <si>
+    <t>3936</t>
+  </si>
+  <si>
+    <t>AGRO EXPORTADORA GARYTH S.A.</t>
+  </si>
+  <si>
+    <t>Vía Quinindé, Km. 21 s/n</t>
+  </si>
+  <si>
+    <t>Santo Domingo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000758.2026.001</t>
+  </si>
+  <si>
+    <t>Cacao, Fallow, Vanilla, Cacao Beans, Vanilla bean</t>
+  </si>
+  <si>
+    <t>3945</t>
+  </si>
+  <si>
+    <t>Nunilda Mercedes Almonte Bueno</t>
+  </si>
+  <si>
+    <t>Gregorio Aracena No. 26, Centro de la Cuidad</t>
+  </si>
+  <si>
+    <t>3965</t>
+  </si>
+  <si>
+    <t>Rafael Tobías Morel Molina</t>
+  </si>
+  <si>
+    <t>7 casa No. W-12, Los Jardines</t>
+  </si>
+  <si>
+    <t>Santiago de Los Caballeros</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000196.2025.002</t>
+  </si>
+  <si>
+    <t>3973</t>
+  </si>
+  <si>
+    <t>Manuel Augusto Iglesias Colon</t>
+  </si>
+  <si>
+    <t>M, Edif. RES. RUDY VI Piso 01 Apto. C-1</t>
+  </si>
+  <si>
+    <t>Cerros de Gurabo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000197.2025.001</t>
+  </si>
+  <si>
+    <t>3983</t>
+  </si>
+  <si>
+    <t>Asociacion De Bananeros De La Línea, Inc. - ASOBALI</t>
+  </si>
+  <si>
+    <t>Calle Duarte esquina Talanquera No. 20</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000086.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000086.2026.001</t>
+  </si>
+  <si>
+    <t>4031</t>
+  </si>
+  <si>
+    <t>Jose Maria Estévez Rodríguez</t>
+  </si>
+  <si>
+    <t>C/ Principal No. 10, El Corozo</t>
+  </si>
+  <si>
+    <t>San jose de las Matas</t>
+  </si>
+  <si>
+    <t>4037</t>
+  </si>
+  <si>
+    <t>Sunrise Foods FZE</t>
+  </si>
+  <si>
+    <t>PO Box 263581</t>
+  </si>
+  <si>
+    <t>Dubai</t>
+  </si>
+  <si>
+    <t>Jebel Ali Freezone</t>
+  </si>
+  <si>
+    <t>UNITED ARAB EMIRATES</t>
+  </si>
+  <si>
+    <t>AE-BIO-144.784-0000047.2025.002</t>
+  </si>
+  <si>
+    <t>Barley, Canola, Chickpeas/Garbanzo Beans, Canola Oil, Chickpeas, broken, Oils, Flax / Linseed, Durum, Corn, processed, Corn, cracked, Corn Bran, Corn, Sunflower Seed Kernel, Sunflower Seed, Sunflower Oil, Wheat Flour, Wheat grass, Wheat, Other Other Grains, Pastas and Cereals, Other Oils &amp; Oleoresins, Peas, Other Fruits/Vegetables, Other Nuts/Seeds, Soybeans, Soybean Oil, Soybean Meal, Semolina, Rapeseed</t>
+  </si>
+  <si>
+    <t>4051</t>
+  </si>
+  <si>
+    <t>Agripina Editrudis Serrata Tejada</t>
+  </si>
+  <si>
+    <t>Sabana Larga casa 30, Centro de la ciudad, Mao</t>
+  </si>
+  <si>
+    <t>4066</t>
+  </si>
+  <si>
+    <t>Asociación de Productores y Exportadores Agroecológicos Inc. (ECOEXPORT)</t>
+  </si>
+  <si>
+    <t>Calle Maximo Cabral no 32, Plaza la Tertulia, primer nivel</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000533.2025.001</t>
+  </si>
+  <si>
+    <t>4137</t>
+  </si>
+  <si>
+    <t>Asociación de Bananeros de Guatapanal - ASOBAGUA</t>
+  </si>
+  <si>
+    <t>Calle  Duarte No 22, del Distrito Municipal de Guatapanal</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000184.2025.001</t>
+  </si>
+  <si>
+    <t>4160</t>
+  </si>
+  <si>
+    <t>Francisco Leonel Rodriguez Medrano</t>
+  </si>
+  <si>
+    <t>Calle Padre Franco,  Ed. 5 Piso 1E Apart. 101</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000189.2025.001</t>
+  </si>
+  <si>
+    <t>4167</t>
+  </si>
+  <si>
+    <t>Victor Rafael Vialet</t>
+  </si>
+  <si>
+    <t>Principal Casa #6563, Sector La Cruz</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000465.2025.001</t>
+  </si>
+  <si>
+    <t>4175</t>
+  </si>
+  <si>
+    <t>UNIÓN DE ORGANIZACIONES NEGRAS Y MESTIZAS DEL SUR OCCIDENTE DE ESMERALDAS, ATACAMES, MUISNE "FONMSOEAM"</t>
+  </si>
+  <si>
+    <t>Vía Principal a Galera, Solar 15/16</t>
+  </si>
+  <si>
+    <t>Atacames</t>
+  </si>
+  <si>
+    <t>Esmeraldas</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001132.2025.001</t>
+  </si>
+  <si>
+    <t>Cacao, Coconuts, Key Lime, Passionfruits, Cacao Beans, Lemons, Passionfruit</t>
+  </si>
+  <si>
+    <t>4181</t>
+  </si>
+  <si>
+    <t>Luis Florencio Benavides Montero</t>
+  </si>
+  <si>
+    <t>La Peaña</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000127.2025.001</t>
+  </si>
+  <si>
+    <t>4213</t>
+  </si>
+  <si>
+    <t>Ramon Antonio Reyes</t>
+  </si>
+  <si>
+    <t>Res. Villa Amelia No. 5, Centro de la ciudad</t>
+  </si>
+  <si>
+    <t>Santiago Rodriguez</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000194.2025.001</t>
+  </si>
+  <si>
+    <t>4220</t>
+  </si>
+  <si>
+    <t>MERCAGRO S.A.</t>
+  </si>
+  <si>
+    <t>Km 1.5 Via a Samborondon,</t>
+  </si>
+  <si>
+    <t>Sanborondon</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001098.2025.001</t>
+  </si>
+  <si>
+    <t>Plantain, Plantain Chips</t>
+  </si>
+  <si>
+    <t>4402</t>
+  </si>
+  <si>
+    <t>Carlos Felix Castellanos Liriano</t>
+  </si>
+  <si>
+    <t>Ana Delia Jorge, casa 39, Centro de la Ciudad, Mao</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000205.2025.002</t>
+  </si>
+  <si>
+    <t>4403</t>
+  </si>
+  <si>
+    <t>José Jaime Torres Vargas</t>
+  </si>
+  <si>
+    <t>Calle Mella # 81</t>
+  </si>
+  <si>
+    <t>4410</t>
+  </si>
+  <si>
+    <t>José Ramón Espinal Espinal</t>
+  </si>
+  <si>
+    <t>Las Eneas casa No15, Pueblo Nuevo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000201.2025.002</t>
+  </si>
+  <si>
+    <t>Las Eneas, Casa #15, Pueblo Nuevo</t>
+  </si>
+  <si>
+    <t>6308</t>
+  </si>
+  <si>
+    <t>Ive Maria Belliard Espinal</t>
+  </si>
+  <si>
+    <t>Ezequiel Belliard Casa 5, Centro de la Cuidad</t>
+  </si>
+  <si>
+    <t>6311</t>
+  </si>
+  <si>
+    <t>Cooke Seafood Panama Inc</t>
+  </si>
+  <si>
+    <t>PA-BIO-144.591-0000016.2025.001</t>
+  </si>
+  <si>
+    <t>Shrimp (head), Shrimp</t>
+  </si>
+  <si>
+    <t>6361</t>
+  </si>
+  <si>
+    <t>Nancy Mikaela Ángel Zaruma</t>
+  </si>
+  <si>
+    <t>VILLAS DEL SOL</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000396.2025.002</t>
+  </si>
+  <si>
+    <t>6417</t>
+  </si>
+  <si>
+    <t>ECUADOR FRUIT COMPANY EFC.S.A.S</t>
+  </si>
+  <si>
+    <t>Calle Chile 606</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000425.2025.003</t>
+  </si>
+  <si>
+    <t>Bananas, Dragonfruits, Fallow, Limes, Mangos, Mango, Dragonfruit, Bananas, Citrus</t>
+  </si>
+  <si>
+    <t>6468</t>
+  </si>
+  <si>
+    <t>Pedro Francisco Rodriguez Cabral</t>
+  </si>
+  <si>
+    <t>Calle B Casa 4, Arroyo Hondo, Distrito Nacional</t>
+  </si>
+  <si>
+    <t>Arroyo Hondo</t>
+  </si>
+  <si>
+    <t>6525</t>
+  </si>
+  <si>
+    <t>Silvia Jaqueline García Solano</t>
+  </si>
+  <si>
+    <t>Vía a San Jacinto del Bua s/n</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000092.2025.001</t>
+  </si>
+  <si>
+    <t>6633</t>
+  </si>
+  <si>
+    <t>ECUADOR FRUIT COMPANY EFC. S.A.S.</t>
+  </si>
+  <si>
+    <t>6718</t>
+  </si>
+  <si>
+    <t>UNIDAD AGRICOLA LUCERO, S.R.L.</t>
+  </si>
+  <si>
+    <t>Hatillo San Lorenzo 80, Sector La Canela</t>
+  </si>
+  <si>
+    <t>6914</t>
+  </si>
+  <si>
+    <t>Nardo Antonio Reyes Holguin</t>
+  </si>
+  <si>
+    <t>Principal, Casa S/N, La Guajaca, Guayubín</t>
+  </si>
+  <si>
+    <t>6915</t>
+  </si>
+  <si>
+    <t>Francisco Peña Nuñez</t>
+  </si>
+  <si>
+    <t>Carretera Luperon KM 6 1/2 Edif. 2 piso 1E Apto. A1, Gurabo al  medio</t>
+  </si>
+  <si>
+    <t>6942</t>
+  </si>
+  <si>
+    <t>LIFE FOOD PRODUCT ECUADOR LIFPRODEC S.A.</t>
+  </si>
+  <si>
+    <t>Vía a la Costa, Km. 15,5</t>
+  </si>
+  <si>
+    <t>GUAYAQUIL</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001136.2025.001</t>
+  </si>
+  <si>
+    <t>Frozen Plantains, Frozen Sweet Plantains, Plantain Chips</t>
+  </si>
+  <si>
+    <t>6990</t>
+  </si>
+  <si>
+    <t>Andrea Payano Melo</t>
+  </si>
+  <si>
+    <t>C/ Primera Casa 24, Cerros del Ozama, Santo Domingo Este</t>
+  </si>
+  <si>
+    <t>Santo Domingo Este</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000464.2025.001</t>
+  </si>
+  <si>
+    <t>7060</t>
+  </si>
+  <si>
+    <t>Campesino Tea RD SRL</t>
+  </si>
+  <si>
+    <t>Calle principal, residencial Camp David, no3, Guarabo</t>
+  </si>
+  <si>
+    <t>Tea</t>
+  </si>
+  <si>
+    <t>7085</t>
+  </si>
+  <si>
+    <t>Jorge Rafael Rodriguez Diaz</t>
+  </si>
+  <si>
+    <t>Ramon de Peña No. 08, Yerba de Guinea</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000286.2026.001</t>
+  </si>
+  <si>
+    <t>7286</t>
+  </si>
+  <si>
+    <t>GALLARDO TINOCO JUAN LUIS</t>
+  </si>
+  <si>
+    <t>SITIO MALVAL A CIEN METROS DE UNA TIENDA</t>
+  </si>
+  <si>
+    <t>PASAJE</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000125.2025.001</t>
+  </si>
+  <si>
+    <t>7298</t>
+  </si>
+  <si>
+    <t>Cajamarca Garcés Wilson Fernando</t>
+  </si>
+  <si>
+    <t>Tarqui y 10 de agosto</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000386.2025.001</t>
+  </si>
+  <si>
+    <t>Banana</t>
+  </si>
+  <si>
+    <t>7299</t>
+  </si>
+  <si>
+    <t>LUCERO GONZALEZ LUIS AMABLE</t>
+  </si>
+  <si>
+    <t>Sitio El Triunfo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001089.2025.001</t>
+  </si>
+  <si>
+    <t>7300</t>
+  </si>
+  <si>
+    <t>LEON SIGUENZA JORGE ALBERTO</t>
+  </si>
+  <si>
+    <t>VIA A BUENAVISTA</t>
+  </si>
+  <si>
+    <t>7330</t>
+  </si>
+  <si>
+    <t>GEOAGRICOLAS S.A.S.</t>
+  </si>
+  <si>
+    <t>La Y del Cambio</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000312.2025.001</t>
+  </si>
+  <si>
+    <t>7332</t>
+  </si>
+  <si>
+    <t>Rosa Maria Gonzalez Tejada</t>
+  </si>
+  <si>
+    <t>Duarte Casa 85, Doña Antonia, Guayubin</t>
+  </si>
+  <si>
+    <t>Guayubin</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000469.2025.001</t>
+  </si>
+  <si>
+    <t>7333</t>
+  </si>
+  <si>
+    <t>Maricelys Almonte Almonte</t>
+  </si>
+  <si>
+    <t>Calle Principal No, 14, Los Pinos</t>
+  </si>
+  <si>
+    <t>7338</t>
+  </si>
+  <si>
+    <t>NOBLECILLA BORRIS SEGUNDO</t>
+  </si>
+  <si>
+    <t>Calle 30 de agosto s/n</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000502.2025.001</t>
+  </si>
+  <si>
+    <t>7339</t>
+  </si>
+  <si>
+    <t>NUNALABS CIA. LTDA.</t>
+  </si>
+  <si>
+    <t>Calle La Isla s/n</t>
+  </si>
+  <si>
+    <t>San Miguel de Los Bancos</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001133.2025.001</t>
+  </si>
+  <si>
+    <t>EU 848 G</t>
+  </si>
+  <si>
+    <t>Extracts</t>
+  </si>
+  <si>
+    <t>7381</t>
+  </si>
+  <si>
+    <t>COMPAÑIA AGROINDUSTRIAL BANALBACARD CIA. LTDA.</t>
+  </si>
+  <si>
+    <t>Calle Holanda 3480</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000358.2025.001</t>
+  </si>
+  <si>
+    <t>7394</t>
+  </si>
+  <si>
+    <t>OSWALDO ISRAEL VILLEGAS LUCIO</t>
+  </si>
+  <si>
+    <t>BOLIVAR</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000219.2025.002</t>
+  </si>
+  <si>
+    <t>7395</t>
+  </si>
+  <si>
+    <t>FLAVIO GONZALO DAUL ALARCON</t>
+  </si>
+  <si>
+    <t>SITIO LA VICTORIA</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000218.2025.002</t>
+  </si>
+  <si>
+    <t>7411</t>
+  </si>
+  <si>
+    <t>CEGRANECSA S.A.</t>
+  </si>
+  <si>
+    <t>Km. 4.5 vía Durán-Tambo</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000601.2025.002</t>
+  </si>
+  <si>
     <t>Moringa powder, Dried moringa leaves</t>
   </si>
   <si>
-    <t>3025</t>
-[...1120 lines deleted...]
-  <si>
     <t>7438</t>
   </si>
   <si>
     <t>EXPORTADORA DE FRUTAS TROPICALES DEL SUR EXPORSUR S.A.</t>
   </si>
   <si>
     <t>Galo García</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0001081.2025.001</t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
     <t>Modesto Emilio Fermin Ureña</t>
   </si>
   <si>
     <t>Duarte casa #36, Jaibon, Laguna Salada</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000306.2025.001</t>
   </si>
   <si>
     <t>7482</t>
   </si>
   <si>
     <t>Agricola BANALAB S.A.S.</t>
   </si>
   <si>
-    <t>OCTAVA NORTE B</t>
+    <t>Octava Norte B</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000450.2025.002</t>
   </si>
   <si>
     <t>7486</t>
   </si>
   <si>
     <t>ALIANZA LOGISTIKA TDGE S.A.</t>
   </si>
   <si>
     <t>Santa Rosa vía Tababela S/N, vía Yaruquí</t>
   </si>
   <si>
     <t>Dragonfruit, Processing Services</t>
   </si>
   <si>
     <t>7493</t>
   </si>
   <si>
     <t>Santiago Guzmán Francisco</t>
   </si>
   <si>
     <t>Los Solares, Casa 38, Palo Verde</t>
   </si>
   <si>
+    <t>DO-BIO-144.214-0000273.2026.001</t>
+  </si>
+  <si>
     <t>7502</t>
   </si>
   <si>
     <t>ASOCIACION DE PRODUCCION AGRICOLA MONO BRAVO ASODPAMB</t>
   </si>
   <si>
     <t>Comunidad Mono Bravo</t>
   </si>
   <si>
     <t>Muisne</t>
   </si>
   <si>
     <t>Cacao</t>
   </si>
   <si>
     <t>7522</t>
   </si>
   <si>
     <t>ARIEL IVAN CARDENAS IÑIGUEZ</t>
   </si>
   <si>
     <t>Calle Sin Nombre, S/N</t>
   </si>
   <si>
     <t>7523</t>
@@ -1721,149 +1799,170 @@
   <si>
     <t>Río Bonito SN, Sitio Pagua</t>
   </si>
   <si>
     <t>EL Guabo</t>
   </si>
   <si>
     <t>7582</t>
   </si>
   <si>
     <t>Maritza del Carmen Mata Almonte</t>
   </si>
   <si>
     <t>3 casa 90, Pueblo Nuevo o Jaibon, Mao.</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>Aquiles Núñez Ureña</t>
   </si>
   <si>
     <t>Duarte #89, La Guajaca, Guayubin</t>
   </si>
   <si>
+    <t>7603</t>
+  </si>
+  <si>
+    <t>Biocultivos Marinos S.A. de C.V</t>
+  </si>
+  <si>
+    <t>Kilometro 2 camino a orocuina</t>
+  </si>
+  <si>
+    <t>Choluteca</t>
+  </si>
+  <si>
+    <t>HN-BIO-144.340-0000180.2025.002</t>
+  </si>
+  <si>
     <t>7622</t>
   </si>
   <si>
     <t>POMA TORRES TEOFILO BENIGNO</t>
   </si>
   <si>
     <t>PROF. ITALIA ZALAZAR BARROS</t>
   </si>
   <si>
     <t>7625</t>
   </si>
   <si>
     <t>RAMON JOSE MANUEL</t>
   </si>
   <si>
     <t>El Retiro</t>
   </si>
   <si>
     <t>7628</t>
   </si>
   <si>
     <t>RAMON RAMON LUIS HERMINIO</t>
   </si>
   <si>
     <t>Ciudadela El Chofer N°2, Ochoa Leon</t>
   </si>
   <si>
     <t>7629</t>
   </si>
   <si>
     <t>ORDOÑEZ OCAMPO MARCO TULIO</t>
   </si>
   <si>
     <t>Sitio Las Cañas</t>
   </si>
   <si>
     <t>MACHALA</t>
   </si>
   <si>
     <t>7636</t>
   </si>
   <si>
     <t>LYRA-EXPORTS S.A.S.</t>
   </si>
   <si>
-    <t>Km 1.5 vía a Samborondón</t>
-[...1 lines deleted...]
-  <si>
     <t>EC-BIO-144.218-0001128.2025.001</t>
   </si>
   <si>
     <t>7647</t>
   </si>
   <si>
     <t>José Alfonso Trinidad</t>
   </si>
   <si>
     <t>Doña Antonia, Casa #15, Sector Doña Antonia, Guayubín</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
     <t>FAUSTO BAYARDO FIGUEROA BORJA</t>
   </si>
   <si>
     <t>VIA QUININDE</t>
   </si>
   <si>
     <t>QUININDE</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0001092.2025.001</t>
   </si>
   <si>
+    <t>7711</t>
+  </si>
+  <si>
+    <t>MERELO SALVATIERRA GERMAN MARCELO</t>
+  </si>
+  <si>
+    <t>Vía a Matamba</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001135.2025.001</t>
+  </si>
+  <si>
+    <t>7712</t>
+  </si>
+  <si>
+    <t>Minucha Eloisa Torres Pérez</t>
+  </si>
+  <si>
+    <t>P Casa 11-B, Los Cerros de Gurabo</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000492.2025.001</t>
+  </si>
+  <si>
+    <t>7714</t>
+  </si>
+  <si>
+    <t>AGRICOLA BANANERA SOLORZANO ANDRADE BANASOLAND CIA. LTDA.</t>
+  </si>
+  <si>
     <t>LA CONCORDIA</t>
   </si>
   <si>
-    <t>7712</t>
-[...19 lines deleted...]
-  <si>
     <t>EC-BIO-144.218-0001090.2025.001</t>
   </si>
   <si>
     <t>7718</t>
   </si>
   <si>
     <t>Ernesto Rafael Castellanos Domínguez</t>
   </si>
   <si>
     <t>Padre Franco, Casa 36, Los Bonillas, Mao</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
     <t>MONTERO IDROVO ZOILA CRISTINA</t>
   </si>
   <si>
     <t>DIMAS FRANCO</t>
   </si>
   <si>
     <t>Buena Fé</t>
   </si>
   <si>
     <t>Los Ríos</t>
@@ -1955,379 +2054,355 @@
   <si>
     <t>Víctor Manuel Sosa Martínez</t>
   </si>
   <si>
     <t>C/ Principal casa 22</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000490.2025.001</t>
   </si>
   <si>
     <t>7775</t>
   </si>
   <si>
     <t>Cirilo Antonio Rodríguez Reyes</t>
   </si>
   <si>
     <t>Santa Cruz, casa 21</t>
   </si>
   <si>
     <t>Los Cajuiles</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000494.2025.001</t>
   </si>
   <si>
+    <t>7776</t>
+  </si>
+  <si>
+    <t>Juan Adriano Madera Martínez</t>
+  </si>
+  <si>
+    <t>Av. María Trinidad Sánchez #35 Centro de la Ciudad</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000537.2025.002</t>
+  </si>
+  <si>
     <t>7778</t>
   </si>
   <si>
     <t>José Luis Castillo Acosta</t>
   </si>
   <si>
     <t>Duarte casa 51, Salida del Pueblo</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000487.2025.001</t>
   </si>
   <si>
     <t>7803</t>
   </si>
   <si>
     <t>Pedro Admel De Jesús Grisanty Rodríguez</t>
   </si>
   <si>
     <t>Fernando Fernández No. 26, Sector Mejorantiento Social</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000495.2025.001</t>
   </si>
   <si>
     <t>7804</t>
   </si>
   <si>
     <t>Oro Colines Company S.A.S. B.I.C</t>
   </si>
   <si>
     <t>Callejon D</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0001130.2025.001</t>
   </si>
   <si>
+    <t>7876</t>
+  </si>
+  <si>
+    <t>Fruggies S.R.L</t>
+  </si>
+  <si>
+    <t>Independencia no. 107, segundo nivel, Enriquillo, Mao</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000547.2025.001</t>
+  </si>
+  <si>
     <t>EC-BIO-144.218-0000093.2025.001</t>
   </si>
   <si>
-    <t>EC-BIO-144.218-0000088.2025.002</t>
-[...1 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000168.2025.001</t>
   </si>
   <si>
-    <t>DO-BIO-144.214-0000167.2025.001</t>
-[...1 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000183.2025.001</t>
   </si>
   <si>
-    <t>DO-BIO-144.214-0000199.2025.001</t>
-[...13 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000143.2025.001</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000390.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000173.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000392.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000169.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000226.2025.003</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000181.2025.001</t>
   </si>
   <si>
-    <t>DO-BIO-144.214-0000307.2025.001</t>
-[...1 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000174.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000171.2025.001</t>
   </si>
   <si>
-    <t>DO-BIO-144.214-0000102.2025.001</t>
-[...1 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000165.2025.001</t>
   </si>
   <si>
-    <t>DO-BIO-144.214-0000201.2025.001</t>
-[...4 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000296.2025.001</t>
   </si>
   <si>
-    <t>EC-BIO-144.218-0000396.2025.001</t>
-[...1 lines deleted...]
-  <si>
     <t>DO-BIO-144.214-0000455.2025.001</t>
   </si>
   <si>
     <t>15/09/2025</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000425.2025.001</t>
   </si>
   <si>
     <t>Mango, Dragonfruit, Citrus, Mangos, Limes, Fallow, Dragonfruits</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000310.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000430.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000431.2025.001</t>
   </si>
   <si>
     <t>DO-BIO-144.214-0000407.2025.001</t>
   </si>
   <si>
-    <t>DO-BIO-144.214-0000286.2025.001</t>
+    <t>DO-BIO-144.214-0000285.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000982.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0001011.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000665.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000767.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000592.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000625.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000609.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000593.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000275.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000436.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000893.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000895.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000896.2025.001</t>
+  </si>
+  <si>
+    <t>EC-BIO-144.218-0000897.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000373.2025.001</t>
+  </si>
+  <si>
+    <t>DO-BIO-144.214-0000394.2025.001</t>
   </si>
   <si>
     <t>EC-BIO-144.218-0000682.2025.001</t>
   </si>
   <si>
-    <t>DO-BIO-144.214-0000285.2025.001</t>
-[...68 lines deleted...]
-    <t xml:space="preserve"> 28/11/2025</t>
+    <t>30/04/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     <numFmt numFmtId="167" formatCode="dd\/mm\/yyyy"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4"/>
+        <fgColor theme="5"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="167" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Accent1" xfId="1" builtinId="29"/>
+    <cellStyle name="Accent2" xfId="1" builtinId="33"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2620,6311 +2695,6566 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O140"/>
+  <dimension ref="A1:O147"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A111" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:N1"/>
+    <sheetView tabSelected="1" topLeftCell="A123" workbookViewId="0">
+      <selection activeCell="C91" sqref="C91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="6.6640625" style="4" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14" max="14" width="16.3984375" style="12" customWidth="1"/>
+    <col min="1" max="1" width="9.06640625" style="6"/>
+    <col min="2" max="2" width="20.3984375" style="6" customWidth="1"/>
+    <col min="3" max="3" width="20.6640625" style="6" customWidth="1"/>
+    <col min="4" max="4" width="16" style="6" customWidth="1"/>
+    <col min="5" max="5" width="12.796875" style="6" customWidth="1"/>
+    <col min="6" max="8" width="9.06640625" style="6"/>
+    <col min="9" max="9" width="12" style="6" customWidth="1"/>
+    <col min="10" max="10" width="29.86328125" style="6" customWidth="1"/>
+    <col min="11" max="11" width="20.3984375" style="6" customWidth="1"/>
+    <col min="12" max="12" width="23.33203125" style="6" customWidth="1"/>
+    <col min="13" max="13" width="13.86328125" style="6" customWidth="1"/>
+    <col min="14" max="14" width="9.06640625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:14" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="15" t="s">
+      <c r="B1" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="15" t="s">
+      <c r="C1" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="15" t="s">
+      <c r="D1" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="15" t="s">
+      <c r="F1" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="15" t="s">
-[...2 lines deleted...]
-      <c r="H1" s="15" t="s">
+      <c r="G1" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="15" t="s">
+      <c r="I1" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="15" t="s">
+      <c r="J1" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="15" t="s">
+      <c r="K1" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="15" t="s">
+      <c r="L1" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="15" t="s">
+      <c r="M1" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="16" t="s">
+      <c r="N1" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A2" s="4" t="s">
+      <c r="A2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="B2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="C2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D2" s="4" t="s">
+      <c r="D2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E2" s="4" t="s">
+      <c r="E2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" s="4" t="s">
+      <c r="F2" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G2" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J2" s="4" t="s">
+      <c r="G2" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I2" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="11">
+      <c r="K2" s="7">
         <v>45936</v>
       </c>
-      <c r="L2" s="11">
+      <c r="L2" s="7">
         <v>46310</v>
       </c>
-      <c r="M2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N2" s="12" t="s">
+      <c r="M2" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A3" s="4" t="s">
+      <c r="A3" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J3" s="4" t="s">
+      <c r="G3" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="K3" s="11">
+      <c r="K3" s="7">
         <v>45939</v>
       </c>
-      <c r="L3" s="11">
+      <c r="L3" s="7">
         <v>46280</v>
       </c>
-      <c r="M3" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N3" s="12" t="s">
+      <c r="M3" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N3" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="E4" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="F4" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G4" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J4" s="4" t="s">
+      <c r="G4" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J4" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="K4" s="11">
+      <c r="K4" s="7">
         <v>45938</v>
       </c>
-      <c r="L4" s="11">
+      <c r="L4" s="7">
         <v>46280</v>
       </c>
-      <c r="M4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N4" s="12" t="s">
+      <c r="M4" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N4" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>657</v>
-[...1 lines deleted...]
-      <c r="K5" s="3">
+        <v>698</v>
+      </c>
+      <c r="K5" s="2">
         <v>45786</v>
       </c>
-      <c r="L5" s="3">
+      <c r="L5" s="2">
         <v>46022</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N5" s="13" t="s">
+      <c r="N5" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A6" s="1" t="s">
+      <c r="A6" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="B6" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="C6" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="D6" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="1" t="s">
+      <c r="K6" s="7">
+        <v>46037</v>
+      </c>
+      <c r="L6" s="7">
+        <v>46280</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...52 lines deleted...]
-      <c r="J7" s="4" t="s">
+      <c r="G7" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J7" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="K7" s="11">
-[...2 lines deleted...]
-      <c r="L7" s="11">
+      <c r="K7" s="7">
         <v>46054</v>
       </c>
-      <c r="M7" s="4" t="s">
+      <c r="L7" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M7" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="N7" s="12" t="s">
+      <c r="N7" s="6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A8" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>55</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="K8" s="3">
+        <v>699</v>
+      </c>
+      <c r="K8" s="2">
         <v>45779</v>
       </c>
-      <c r="L8" s="3">
+      <c r="L8" s="2">
         <v>46143</v>
       </c>
       <c r="M8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N8" s="13" t="s">
+      <c r="N8" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A9" s="4" t="s">
+      <c r="A9" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="4" t="s">
+      <c r="B9" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="C9" s="4" t="s">
+      <c r="C9" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="D9" s="4" t="s">
+      <c r="D9" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="E9" s="4" t="s">
+      <c r="E9" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F9" s="4" t="s">
+      <c r="F9" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G9" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J9" s="4" t="s">
+      <c r="G9" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J9" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="K9" s="11">
+      <c r="K9" s="7">
         <v>45934</v>
       </c>
-      <c r="L9" s="11">
+      <c r="L9" s="7">
         <v>46174</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N9" s="12" t="s">
+      <c r="M9" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N9" s="6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A10" s="4" t="s">
+      <c r="A10" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="B10" s="4" t="s">
+      <c r="B10" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C10" s="4" t="s">
+      <c r="C10" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="D10" s="4" t="s">
+      <c r="D10" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="E10" s="4" t="s">
+      <c r="E10" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="F10" s="4" t="s">
+      <c r="F10" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G10" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J10" s="4" t="s">
+      <c r="G10" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J10" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="K10" s="11">
+      <c r="K10" s="7">
         <v>45946</v>
       </c>
-      <c r="L10" s="11">
+      <c r="L10" s="7">
         <v>46218</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="M10" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="N10" s="12" t="s">
+      <c r="N10" s="6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A11" s="4" t="s">
+      <c r="A11" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="B11" s="4" t="s">
+      <c r="B11" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="C11" s="4" t="s">
+      <c r="C11" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="D11" s="4" t="s">
+      <c r="D11" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E11" s="4" t="s">
+      <c r="E11" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F11" s="4" t="s">
+      <c r="F11" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G11" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J11" s="4" t="s">
+      <c r="G11" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="K11" s="11">
+      <c r="K11" s="7">
         <v>45954</v>
       </c>
-      <c r="L11" s="11">
+      <c r="L11" s="7">
         <v>46327</v>
       </c>
-      <c r="M11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="12" t="s">
+      <c r="M11" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A12" s="4" t="s">
+      <c r="A12" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="B12" s="4" t="s">
+      <c r="B12" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C12" s="4" t="s">
+      <c r="C12" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="D12" s="4" t="s">
+      <c r="D12" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="E12" s="4" t="s">
+      <c r="E12" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="F12" s="4" t="s">
+      <c r="F12" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="G12" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J12" s="4" t="s">
+      <c r="G12" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J12" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="K12" s="11">
+      <c r="K12" s="7">
         <v>45910</v>
       </c>
-      <c r="L12" s="11">
+      <c r="L12" s="7">
         <v>46144</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="M12" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="N12" s="12" t="s">
+      <c r="N12" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A13" s="4" t="s">
+      <c r="A13" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="B13" s="4" t="s">
+      <c r="B13" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="C13" s="4" t="s">
+      <c r="C13" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="D13" s="4" t="s">
+      <c r="D13" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="E13" s="4" t="s">
+      <c r="E13" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="F13" s="4" t="s">
+      <c r="F13" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G13" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J13" s="4" t="s">
+      <c r="G13" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J13" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="K13" s="11">
+      <c r="K13" s="7">
         <v>45946</v>
       </c>
-      <c r="L13" s="11">
+      <c r="L13" s="7">
         <v>46280</v>
       </c>
-      <c r="M13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N13" s="12" t="s">
+      <c r="M13" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N13" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A14" s="1" t="s">
+      <c r="A14" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="B14" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C14" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="D14" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="E14" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="F14" s="1" t="s">
+      <c r="F14" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G14" s="1" t="s">
-[...20 lines deleted...]
-      <c r="N14" s="13" t="s">
+      <c r="G14" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="K14" s="7">
+        <v>46021</v>
+      </c>
+      <c r="L14" s="7">
+        <v>46113</v>
+      </c>
+      <c r="M14" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N14" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="4" t="s">
+      <c r="A15" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="C15" s="4" t="s">
+      <c r="B15" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="D15" s="4" t="s">
+      <c r="C15" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="E15" s="4" t="s">
+      <c r="D15" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="F15" s="4" t="s">
+      <c r="E15" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G15" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K15" s="11">
+      <c r="G15" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="K15" s="7">
         <v>45967</v>
       </c>
-      <c r="L15" s="11">
+      <c r="L15" s="7">
         <v>46341</v>
       </c>
-      <c r="M15" s="4" t="s">
+      <c r="M15" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="N15" s="12" t="s">
-        <v>100</v>
+      <c r="N15" s="6" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A16" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>661</v>
-[...1 lines deleted...]
-      <c r="K16" s="3">
+        <v>700</v>
+      </c>
+      <c r="K16" s="2">
         <v>45877</v>
       </c>
-      <c r="L16" s="3">
+      <c r="L16" s="2">
         <v>46266</v>
       </c>
       <c r="M16" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N16" s="13" t="s">
+      <c r="N16" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="4" t="s">
+      <c r="A17" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="C17" s="4" t="s">
+      <c r="B17" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="D17" s="4" t="s">
+      <c r="C17" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E17" s="4" t="s">
+      <c r="E17" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F17" s="4" t="s">
+      <c r="F17" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G17" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K17" s="11">
+      <c r="G17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="K17" s="7">
         <v>45915</v>
       </c>
-      <c r="L17" s="11">
+      <c r="L17" s="7">
         <v>46113</v>
       </c>
-      <c r="M17" s="4" t="s">
+      <c r="M17" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="N17" s="12" t="s">
-        <v>110</v>
+      <c r="N17" s="6" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="1" t="s">
+      <c r="A18" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="B18" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="C18" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="D18" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="E18" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F18" s="1" t="s">
+      <c r="F18" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G18" s="1" t="s">
-[...20 lines deleted...]
-      <c r="N18" s="13" t="s">
+      <c r="G18" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="K18" s="7">
+        <v>46008</v>
+      </c>
+      <c r="L18" s="7">
+        <v>46327</v>
+      </c>
+      <c r="M18" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N18" s="6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A19" s="4" t="s">
-[...5 lines deleted...]
-      <c r="C19" s="4" t="s">
+      <c r="A19" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="D19" s="4" t="s">
+      <c r="B19" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="E19" s="4" t="s">
+      <c r="C19" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="F19" s="4" t="s">
+      <c r="D19" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G19" s="4" t="s">
-[...8 lines deleted...]
-      <c r="J19" s="4" t="s">
+      <c r="G19" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="K19" s="7">
+        <v>45943</v>
+      </c>
+      <c r="L19" s="7">
+        <v>46357</v>
+      </c>
+      <c r="M19" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N19" s="6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A20" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" s="7">
+        <v>45947</v>
+      </c>
+      <c r="L20" s="7">
+        <v>46266</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N20" s="6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A21" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="K21" s="7">
+        <v>46037</v>
+      </c>
+      <c r="L21" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="N21" s="6" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A22" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K22" s="7">
+        <v>45950</v>
+      </c>
+      <c r="L22" s="7">
+        <v>46341</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="N22" s="6" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A23" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="K23" s="7">
+        <v>45937</v>
+      </c>
+      <c r="L23" s="7">
+        <v>46144</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="N23" s="6" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A24" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="K24" s="7">
+        <v>46021</v>
+      </c>
+      <c r="L24" s="7">
+        <v>46113</v>
+      </c>
+      <c r="M24" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N24" s="6" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A25" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="K25" s="7">
+        <v>46021</v>
+      </c>
+      <c r="L25" s="7">
+        <v>46113</v>
+      </c>
+      <c r="M25" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N25" s="6" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A26" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="K26" s="7">
+        <v>45951</v>
+      </c>
+      <c r="L26" s="7">
+        <v>46357</v>
+      </c>
+      <c r="M26" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A27" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="K27" s="7">
+        <v>45905</v>
+      </c>
+      <c r="L27" s="7">
+        <v>46204</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A28" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="K28" s="7">
+        <v>45942</v>
+      </c>
+      <c r="L28" s="7">
+        <v>46280</v>
+      </c>
+      <c r="M28" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A29" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="K29" s="7">
+        <v>45942</v>
+      </c>
+      <c r="L29" s="7">
+        <v>46249</v>
+      </c>
+      <c r="M29" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N29" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A30" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J30" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K30" s="7">
+        <v>45960</v>
+      </c>
+      <c r="L30" s="7">
+        <v>46296</v>
+      </c>
+      <c r="M30" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N30" s="6" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A31" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="K31" s="2">
+        <v>45913</v>
+      </c>
+      <c r="L31" s="2">
+        <v>46296</v>
+      </c>
+      <c r="M31" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N31" s="1" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A32" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I32" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J32" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="K32" s="7">
+        <v>45841</v>
+      </c>
+      <c r="L32" s="7">
+        <v>46144</v>
+      </c>
+      <c r="M32" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="N32" s="6" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A33" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="K33" s="7">
+        <v>45942</v>
+      </c>
+      <c r="L33" s="7">
+        <v>46249</v>
+      </c>
+      <c r="M33" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N33" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A34" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="K34" s="7">
+        <v>45946</v>
+      </c>
+      <c r="L34" s="7">
+        <v>46249</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A35" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="K35" s="2">
+        <v>45937</v>
+      </c>
+      <c r="L35" s="2">
+        <v>46204</v>
+      </c>
+      <c r="M35" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N35" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A36" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="K36" s="7">
+        <v>45942</v>
+      </c>
+      <c r="L36" s="7">
+        <v>46204</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N36" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A37" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="K37" s="7">
+        <v>45941</v>
+      </c>
+      <c r="L37" s="7">
+        <v>46249</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A38" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="K38" s="7">
+        <v>45915</v>
+      </c>
+      <c r="L38" s="7">
+        <v>46068</v>
+      </c>
+      <c r="M38" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N38" s="6" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A39" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="K39" s="2">
+        <v>45904</v>
+      </c>
+      <c r="L39" s="2">
+        <v>46204</v>
+      </c>
+      <c r="M39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N39" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A40" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G40" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J40" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="K40" s="7">
+        <v>45989</v>
+      </c>
+      <c r="L40" s="7">
+        <v>46327</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N40" s="6" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A41" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="D41" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="K19" s="11">
-[...2 lines deleted...]
-      <c r="L19" s="11">
+      <c r="E41" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="K41" s="7">
+        <v>45953</v>
+      </c>
+      <c r="L41" s="7">
+        <v>46249</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N41" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A42" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J42" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="K42" s="7">
+        <v>45944</v>
+      </c>
+      <c r="L42" s="7">
         <v>46357</v>
       </c>
-      <c r="M19" s="4" t="s">
-[...22 lines deleted...]
-      <c r="F20" s="4" t="s">
+      <c r="M42" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N42" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A43" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H43" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="J43" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="K43" s="7">
+        <v>45994</v>
+      </c>
+      <c r="L43" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="N43" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A44" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F44" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G20" s="4" t="s">
-[...40 lines deleted...]
-      <c r="F21" s="4" t="s">
+      <c r="G44" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="K44" s="7">
+        <v>46008</v>
+      </c>
+      <c r="L44" s="7">
+        <v>46157</v>
+      </c>
+      <c r="M44" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="N44" s="6" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A45" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="F45" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G21" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K21" s="11">
+      <c r="G45" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="J45" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="K45" s="7">
+        <v>45946</v>
+      </c>
+      <c r="L45" s="7">
+        <v>46310</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N45" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A46" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="K46" s="2">
+        <v>45890</v>
+      </c>
+      <c r="L46" s="2">
+        <v>46387</v>
+      </c>
+      <c r="M46" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N46" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A47" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="K47" s="7">
         <v>45950</v>
       </c>
-      <c r="L21" s="11">
-[...802 lines deleted...]
-      <c r="A40" s="4" t="s">
+      <c r="L47" s="7">
+        <v>46327</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N47" s="6" t="s">
         <v>231</v>
-      </c>
-[...345 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A48" s="1" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>54</v>
+        <v>285</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>55</v>
+        <v>286</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="K48" s="3">
+        <v>705</v>
+      </c>
+      <c r="K48" s="2">
+        <v>45792</v>
+      </c>
+      <c r="L48" s="2">
+        <v>46174</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N48" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A49" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J49" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="K49" s="2">
         <v>45686</v>
       </c>
-      <c r="L48" s="3">
+      <c r="L49" s="2">
         <v>46174</v>
       </c>
-      <c r="M48" s="1" t="s">
-[...16 lines deleted...]
-      <c r="D49" s="4" t="s">
+      <c r="M49" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N49" s="1" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A50" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="D50" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="E49" s="4" t="s">
+      <c r="E50" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F49" s="4" t="s">
+      <c r="F50" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G49" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K49" s="11">
+      <c r="G50" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J50" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="K50" s="7">
         <v>45952</v>
       </c>
-      <c r="L49" s="11">
+      <c r="L50" s="7">
         <v>46327</v>
       </c>
-      <c r="M49" s="4" t="s">
-[...22 lines deleted...]
-      <c r="F50" s="4" t="s">
+      <c r="M50" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="N50" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A51" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J51" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="K51" s="7">
+        <v>46009</v>
+      </c>
+      <c r="L51" s="7">
+        <v>46296</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N51" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A52" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="G52" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J52" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="K52" s="7">
+        <v>46001</v>
+      </c>
+      <c r="L52" s="7">
+        <v>46235</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N52" s="6" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A53" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="K53" s="7">
+        <v>45986</v>
+      </c>
+      <c r="L53" s="7">
+        <v>46235</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A54" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="K54" s="7">
+        <v>45957</v>
+      </c>
+      <c r="L54" s="7">
+        <v>46235</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N54" s="6" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A55" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="K55" s="7">
+        <v>46002</v>
+      </c>
+      <c r="L55" s="7">
+        <v>46235</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N55" s="6" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A56" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J56" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="K56" s="7">
+        <v>45957</v>
+      </c>
+      <c r="L56" s="7">
+        <v>46235</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N56" s="6" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A57" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="K57" s="7">
+        <v>45944</v>
+      </c>
+      <c r="L57" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M57" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N57" s="6" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A58" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G58" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="J58" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="K58" s="7">
+        <v>45944</v>
+      </c>
+      <c r="L58" s="7">
+        <v>46357</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="N58" s="6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A59" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="E59" s="6" t="s">
         <v>286</v>
       </c>
-      <c r="G50" s="4" t="s">
-[...216 lines deleted...]
-      <c r="F55" s="4" t="s">
+      <c r="F59" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="K59" s="7">
+        <v>45944</v>
+      </c>
+      <c r="L59" s="7">
+        <v>46357</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A60" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="F60" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G55" s="4" t="s">
-[...14 lines deleted...]
-      <c r="L55" s="11">
+      <c r="G60" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="K60" s="7">
+        <v>46037</v>
+      </c>
+      <c r="L60" s="7">
+        <v>46127</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A61" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="K61" s="2">
+        <v>45890</v>
+      </c>
+      <c r="L61" s="2">
+        <v>46266</v>
+      </c>
+      <c r="M61" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N61" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A62" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G62" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="K62" s="7">
+        <v>45985</v>
+      </c>
+      <c r="L62" s="7">
         <v>46387</v>
       </c>
-      <c r="M55" s="4" t="s">
-[...22 lines deleted...]
-      <c r="F56" s="4" t="s">
+      <c r="M62" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A63" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F63" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G56" s="4" t="s">
-[...40 lines deleted...]
-      <c r="F57" s="4" t="s">
+      <c r="G63" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="K63" s="7">
+        <v>45937</v>
+      </c>
+      <c r="L63" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N63" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A64" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F64" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G57" s="4" t="s">
-[...78 lines deleted...]
-      <c r="D59" s="1" t="s">
+      <c r="G64" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="K64" s="7">
+        <v>45931</v>
+      </c>
+      <c r="L64" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A65" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="D65" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E59" s="1" t="s">
+      <c r="E65" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F59" s="1" t="s">
+      <c r="F65" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G59" s="1" t="s">
-[...58 lines deleted...]
-      <c r="L60" s="11">
+      <c r="G65" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="K65" s="7">
+        <v>46045</v>
+      </c>
+      <c r="L65" s="7">
         <v>46387</v>
       </c>
-      <c r="M60" s="4" t="s">
-[...226 lines deleted...]
-    <row r="66" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="M65" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A66" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>79</v>
+        <v>368</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>55</v>
+        <v>106</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="K66" s="3">
+        <v>708</v>
+      </c>
+      <c r="K66" s="2">
+        <v>45904</v>
+      </c>
+      <c r="L66" s="2">
+        <v>46235</v>
+      </c>
+      <c r="M66" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N66" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A67" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="K67" s="7">
+        <v>45940</v>
+      </c>
+      <c r="L67" s="7">
+        <v>46235</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N67" s="6" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A68" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="K68" s="2">
         <v>45873</v>
       </c>
-      <c r="L66" s="3">
+      <c r="L68" s="2">
         <v>46174</v>
       </c>
-      <c r="M66" s="1" t="s">
-[...16 lines deleted...]
-      <c r="D67" s="4" t="s">
+      <c r="M68" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N68" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A69" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="D69" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E67" s="4" t="s">
+      <c r="E69" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F67" s="4" t="s">
+      <c r="F69" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G67" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K67" s="11">
+      <c r="G69" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="K69" s="7">
         <v>46000</v>
       </c>
-      <c r="L67" s="11">
+      <c r="L69" s="7">
         <v>46387</v>
       </c>
-      <c r="M67" s="4" t="s">
-[...16 lines deleted...]
-      <c r="D68" s="4" t="s">
+      <c r="M69" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N69" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A70" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="D70" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="E68" s="4" t="s">
+      <c r="E70" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F68" s="4" t="s">
+      <c r="F70" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G68" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K68" s="11">
+      <c r="G70" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="K70" s="7">
         <v>45944</v>
       </c>
-      <c r="L68" s="11">
+      <c r="L70" s="7">
         <v>46266</v>
       </c>
-      <c r="M68" s="4" t="s">
-[...16 lines deleted...]
-      <c r="D69" s="4" t="s">
+      <c r="M70" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="N70" s="6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A71" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="D71" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="E69" s="4" t="s">
+      <c r="E71" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F69" s="4" t="s">
+      <c r="F71" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G69" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K69" s="11">
+      <c r="G71" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="K71" s="7">
         <v>45954</v>
       </c>
-      <c r="L69" s="11">
+      <c r="L71" s="7">
         <v>46296</v>
       </c>
-      <c r="M69" s="4" t="s">
-[...16 lines deleted...]
-      <c r="D70" s="4" t="s">
+      <c r="M71" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N71" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A72" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="D72" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="E70" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F70" s="4" t="s">
+      <c r="E72" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="F72" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G70" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K70" s="11">
+      <c r="G72" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J72" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="K72" s="7">
         <v>45931</v>
       </c>
-      <c r="L70" s="11">
+      <c r="L72" s="7">
         <v>46387</v>
       </c>
-      <c r="M70" s="4" t="s">
-[...22 lines deleted...]
-      <c r="F71" s="4" t="s">
+      <c r="M72" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N72" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A73" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="F73" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G71" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K71" s="11">
+      <c r="G73" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="J73" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="K73" s="7">
         <v>45996</v>
       </c>
-      <c r="L71" s="11">
+      <c r="L73" s="7">
         <v>46127</v>
       </c>
-      <c r="M71" s="4" t="s">
-[...22 lines deleted...]
-      <c r="F72" s="4" t="s">
+      <c r="M73" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A74" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F74" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G72" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K72" s="11">
+      <c r="G74" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J74" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="K74" s="7">
         <v>45941</v>
       </c>
-      <c r="L72" s="11">
+      <c r="L74" s="7">
         <v>46249</v>
       </c>
-      <c r="M72" s="4" t="s">
-[...22 lines deleted...]
-      <c r="F73" s="4" t="s">
+      <c r="M74" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N74" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A75" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="F75" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G73" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K73" s="11">
+      <c r="G75" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J75" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="K75" s="7">
         <v>45931</v>
       </c>
-      <c r="L73" s="11">
+      <c r="L75" s="7">
         <v>46357</v>
       </c>
-      <c r="M73" s="4" t="s">
-[...19 lines deleted...]
-      <c r="E74" s="4" t="s">
+      <c r="M75" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N75" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A76" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="E76" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F74" s="4" t="s">
+      <c r="F76" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G74" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K74" s="11">
+      <c r="G76" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J76" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="K76" s="7">
         <v>45948</v>
       </c>
-      <c r="L74" s="11">
+      <c r="L76" s="7">
         <v>46341</v>
       </c>
-      <c r="M74" s="4" t="s">
+      <c r="M76" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="N74" s="12" t="s">
-[...16 lines deleted...]
-      <c r="E75" s="1" t="s">
+      <c r="N76" s="6" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A77" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E77" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F75" s="1" t="s">
+      <c r="F77" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G75" s="1" t="s">
-[...38 lines deleted...]
-      <c r="E76" s="4" t="s">
+      <c r="G77" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J77" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="K77" s="7">
+        <v>45985</v>
+      </c>
+      <c r="L77" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M77" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N77" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A78" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E78" s="1" t="s">
         <v>55</v>
-      </c>
-[...88 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>679</v>
-[...4 lines deleted...]
-      <c r="L78" s="3">
+        <v>710</v>
+      </c>
+      <c r="K78" s="2">
+        <v>45890</v>
+      </c>
+      <c r="L78" s="2">
+        <v>46143</v>
+      </c>
+      <c r="M78" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N78" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A79" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="K79" s="7">
+        <v>46006</v>
+      </c>
+      <c r="L79" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M79" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N79" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A80" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="K80" s="7">
+        <v>46006</v>
+      </c>
+      <c r="L80" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M80" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N80" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A81" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="K81" s="2">
+        <v>45792</v>
+      </c>
+      <c r="L81" s="2">
+        <v>46204</v>
+      </c>
+      <c r="M81" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N81" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A82" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="K82" s="7">
+        <v>45841</v>
+      </c>
+      <c r="L82" s="7">
+        <v>46327</v>
+      </c>
+      <c r="M82" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="N82" s="6" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A83" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J83" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="K83" s="7">
+        <v>46006</v>
+      </c>
+      <c r="L83" s="7">
+        <v>46096</v>
+      </c>
+      <c r="M83" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N83" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A84" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J84" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="K84" s="7">
+        <v>45967</v>
+      </c>
+      <c r="L84" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M84" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N84" s="6" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A85" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="K85" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="L85" s="4">
+        <v>46028</v>
+      </c>
+      <c r="M85" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N85" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A86" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J86" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="K86" s="7">
+        <v>45945</v>
+      </c>
+      <c r="L86" s="7">
+        <v>46371</v>
+      </c>
+      <c r="M86" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N86" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A87" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="K87" s="2">
+        <v>45825</v>
+      </c>
+      <c r="L87" s="2">
         <v>46022</v>
       </c>
-      <c r="M78" s="1" t="s">
-[...403 lines deleted...]
-      </c>
       <c r="M87" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N87" s="13" t="s">
-[...4 lines deleted...]
-    <row r="88" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N87" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A88" s="1" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="K88" s="3">
+        <v>716</v>
+      </c>
+      <c r="K88" s="2">
+        <v>45817</v>
+      </c>
+      <c r="L88" s="2">
+        <v>46204</v>
+      </c>
+      <c r="M88" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N88" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A89" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="K89" s="2">
         <v>45891</v>
       </c>
-      <c r="L88" s="3">
+      <c r="L89" s="2">
         <v>46204</v>
       </c>
-      <c r="M88" s="1" t="s">
-[...52 lines deleted...]
-    <row r="90" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="M89" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N89" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A90" s="1" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>105</v>
+        <v>79</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="K90" s="3">
+        <v>718</v>
+      </c>
+      <c r="K90" s="2">
+        <v>45891</v>
+      </c>
+      <c r="L90" s="2">
+        <v>46204</v>
+      </c>
+      <c r="M90" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N90" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A91" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G91" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J91" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="K91" s="7">
+        <v>46008</v>
+      </c>
+      <c r="L91" s="7">
+        <v>46096</v>
+      </c>
+      <c r="M91" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N91" s="6" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A92" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J92" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="K92" s="7">
+        <v>45933</v>
+      </c>
+      <c r="L92" s="7">
+        <v>46357</v>
+      </c>
+      <c r="M92" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N92" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="93" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A93" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="K93" s="2">
         <v>45873</v>
       </c>
-      <c r="L90" s="3">
+      <c r="L93" s="2">
         <v>46143</v>
       </c>
-      <c r="M90" s="1" t="s">
-[...17 lines deleted...]
-      <c r="D91" s="1" t="s">
+      <c r="M93" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N93" s="1" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A94" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="D94" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E91" s="1" t="s">
+      <c r="E94" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F91" s="1" t="s">
+      <c r="F94" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G91" s="1" t="s">
-[...41 lines deleted...]
-      <c r="F92" s="4" t="s">
+      <c r="G94" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I94" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J94" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="K94" s="7">
+        <v>46038</v>
+      </c>
+      <c r="L94" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M94" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N94" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A95" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F95" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G92" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K92" s="11">
+      <c r="G95" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I95" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J95" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="K95" s="7">
         <v>45937</v>
       </c>
-      <c r="L92" s="11">
+      <c r="L95" s="7">
         <v>46280</v>
       </c>
-      <c r="M92" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F93" s="4" t="s">
+      <c r="M95" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N95" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A96" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F96" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G93" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K93" s="11">
+      <c r="G96" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J96" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="K96" s="7">
         <v>45936</v>
       </c>
-      <c r="L93" s="11">
+      <c r="L96" s="7">
         <v>46296</v>
       </c>
-      <c r="M93" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F94" s="4" t="s">
+      <c r="M96" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N96" s="6" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="97" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A97" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F97" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G94" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K94" s="11">
+      <c r="G97" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J97" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="K97" s="7">
         <v>45944</v>
       </c>
-      <c r="L94" s="11">
+      <c r="L97" s="7">
         <v>46296</v>
       </c>
-      <c r="M94" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F95" s="1" t="s">
+      <c r="M97" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N97" s="6" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="98" spans="1:14" s="12" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A98" s="10" t="s">
+        <v>500</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>502</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="E98" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="F98" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="G95" s="1" t="s">
-[...41 lines deleted...]
-      <c r="F96" s="4" t="s">
+      <c r="G98" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="H98" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="I98" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="J98" s="10" t="s">
+        <v>737</v>
+      </c>
+      <c r="K98" s="10" t="s">
+        <v>738</v>
+      </c>
+      <c r="L98" s="11">
+        <v>46032</v>
+      </c>
+      <c r="M98" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="N98" s="10" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="99" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A99" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F99" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G96" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K96" s="11">
+      <c r="G99" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H99" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I99" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J99" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="K99" s="7">
         <v>45941</v>
       </c>
-      <c r="L96" s="11">
+      <c r="L99" s="7">
         <v>46327</v>
       </c>
-      <c r="M96" s="4" t="s">
-[...17 lines deleted...]
-      <c r="D97" s="4" t="s">
+      <c r="M99" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N99" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="100" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A100" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G100" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I100" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J100" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="K100" s="7">
+        <v>45935</v>
+      </c>
+      <c r="L100" s="7">
+        <v>46327</v>
+      </c>
+      <c r="M100" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N100" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="101" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A101" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="K101" s="2">
+        <v>45785</v>
+      </c>
+      <c r="L101" s="2">
+        <v>46327</v>
+      </c>
+      <c r="M101" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N101" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="102" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A102" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G102" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I102" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J102" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="K102" s="7">
+        <v>45947</v>
+      </c>
+      <c r="L102" s="7">
+        <v>46249</v>
+      </c>
+      <c r="M102" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N102" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="103" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A103" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I103" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J103" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="K103" s="7">
+        <v>46000</v>
+      </c>
+      <c r="L103" s="7">
+        <v>46310</v>
+      </c>
+      <c r="M103" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="N103" s="6" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="104" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A104" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G104" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I104" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J104" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="K104" s="7">
+        <v>45946</v>
+      </c>
+      <c r="L104" s="7">
+        <v>46371</v>
+      </c>
+      <c r="M104" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N104" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A105" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="D105" s="6" t="s">
         <v>489</v>
       </c>
-      <c r="E97" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F97" s="4" t="s">
+      <c r="E105" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I105" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J105" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="K105" s="7">
+        <v>46006</v>
+      </c>
+      <c r="L105" s="7">
+        <v>46096</v>
+      </c>
+      <c r="M105" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N105" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A106" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G106" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I106" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J106" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="K106" s="7">
+        <v>46006</v>
+      </c>
+      <c r="L106" s="7">
+        <v>46096</v>
+      </c>
+      <c r="M106" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N106" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="107" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A107" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I107" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J107" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="K107" s="7">
+        <v>46021</v>
+      </c>
+      <c r="L107" s="7">
+        <v>46113</v>
+      </c>
+      <c r="M107" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N107" s="6" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="108" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A108" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G108" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I108" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J108" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="K108" s="7">
+        <v>45944</v>
+      </c>
+      <c r="L108" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M108" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N108" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A109" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F109" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G97" s="4" t="s">
-[...86 lines deleted...]
-      <c r="F99" s="4" t="s">
+      <c r="G109" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I109" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J109" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="K109" s="7">
+        <v>45930</v>
+      </c>
+      <c r="L109" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M109" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="N109" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A110" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F110" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G99" s="4" t="s">
-[...38 lines deleted...]
-      <c r="E100" s="4" t="s">
+      <c r="G110" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I110" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J110" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="K110" s="7">
+        <v>46003</v>
+      </c>
+      <c r="L110" s="7">
+        <v>46096</v>
+      </c>
+      <c r="M110" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N110" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="111" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A111" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E111" s="1" t="s">
         <v>67</v>
-      </c>
-[...493 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>701</v>
-[...5 lines deleted...]
-        <v>46143</v>
+        <v>721</v>
+      </c>
+      <c r="K111" s="2">
+        <v>45895</v>
+      </c>
+      <c r="L111" s="2">
+        <v>46235</v>
       </c>
       <c r="M111" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N111" s="13" t="s">
-[...49 lines deleted...]
-    <row r="113" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N111" s="1" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="112" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A112" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G112" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I112" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J112" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="K112" s="7">
+        <v>46045</v>
+      </c>
+      <c r="L112" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M112" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N112" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="113" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A113" s="1" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>549</v>
+        <v>564</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>550</v>
+        <v>565</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>170</v>
+        <v>566</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>118</v>
+        <v>401</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>703</v>
-[...5 lines deleted...]
-        <v>46174</v>
+        <v>722</v>
+      </c>
+      <c r="K113" s="2">
+        <v>45915</v>
+      </c>
+      <c r="L113" s="2">
+        <v>46068</v>
       </c>
       <c r="M113" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N113" s="13" t="s">
-[...4 lines deleted...]
-    <row r="114" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N113" s="1" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="114" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A114" s="1" t="s">
-        <v>551</v>
+        <v>568</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>552</v>
+        <v>569</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>170</v>
+        <v>119</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>704</v>
-[...5 lines deleted...]
-        <v>46174</v>
+        <v>723</v>
+      </c>
+      <c r="K114" s="2">
+        <v>45770</v>
+      </c>
+      <c r="L114" s="2">
+        <v>46143</v>
       </c>
       <c r="M114" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N114" s="13" t="s">
-[...4 lines deleted...]
-    <row r="115" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N114" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="115" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A115" s="1" t="s">
-        <v>554</v>
+        <v>571</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>555</v>
+        <v>572</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>468</v>
+        <v>119</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>705</v>
-[...5 lines deleted...]
-        <v>46174</v>
+        <v>724</v>
+      </c>
+      <c r="K115" s="2">
+        <v>45807</v>
+      </c>
+      <c r="L115" s="2">
+        <v>46143</v>
       </c>
       <c r="M115" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N115" s="13" t="s">
-[...4 lines deleted...]
-    <row r="116" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N115" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="116" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A116" s="1" t="s">
-        <v>557</v>
+        <v>574</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>558</v>
+        <v>575</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>559</v>
+        <v>576</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>560</v>
+        <v>181</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>706</v>
-[...4 lines deleted...]
-      <c r="L116" s="3">
+        <v>725</v>
+      </c>
+      <c r="K116" s="2">
+        <v>45737</v>
+      </c>
+      <c r="L116" s="2">
         <v>46174</v>
       </c>
       <c r="M116" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N116" s="13" t="s">
-[...4 lines deleted...]
-    <row r="117" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N116" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="117" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A117" s="1" t="s">
-        <v>561</v>
+        <v>577</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>562</v>
+        <v>578</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>563</v>
+        <v>579</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>54</v>
+        <v>181</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>55</v>
+        <v>120</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>707</v>
-[...4 lines deleted...]
-      <c r="L117" s="3">
+        <v>726</v>
+      </c>
+      <c r="K117" s="2">
+        <v>45755</v>
+      </c>
+      <c r="L117" s="2">
         <v>46174</v>
       </c>
       <c r="M117" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N117" s="13" t="s">
-[...4 lines deleted...]
-    <row r="118" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N117" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="118" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A118" s="1" t="s">
-        <v>564</v>
+        <v>580</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>565</v>
+        <v>581</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>566</v>
+        <v>582</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>243</v>
+        <v>489</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>243</v>
+        <v>120</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>708</v>
-[...4 lines deleted...]
-      <c r="L118" s="3">
+        <v>727</v>
+      </c>
+      <c r="K118" s="2">
+        <v>45749</v>
+      </c>
+      <c r="L118" s="2">
         <v>46174</v>
       </c>
       <c r="M118" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="N118" s="13" t="s">
-[...4 lines deleted...]
-    <row r="119" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="N118" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="119" spans="1:14" x14ac:dyDescent="0.45">
       <c r="A119" s="1" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>569</v>
+        <v>585</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>170</v>
+        <v>586</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="K119" s="3">
+        <v>728</v>
+      </c>
+      <c r="K119" s="2">
+        <v>45739</v>
+      </c>
+      <c r="L119" s="2">
+        <v>46174</v>
+      </c>
+      <c r="M119" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N119" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="120" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A120" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="K120" s="2">
+        <v>45730</v>
+      </c>
+      <c r="L120" s="2">
+        <v>46174</v>
+      </c>
+      <c r="M120" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N120" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="121" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A121" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="K121" s="2">
+        <v>45891</v>
+      </c>
+      <c r="L121" s="2">
+        <v>46174</v>
+      </c>
+      <c r="M121" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N121" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="122" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A122" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I122" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J122" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="K122" s="7">
+        <v>46007</v>
+      </c>
+      <c r="L122" s="7">
+        <v>46144</v>
+      </c>
+      <c r="M122" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="N122" s="6" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="123" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A123" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="K123" s="2">
         <v>45863</v>
       </c>
-      <c r="L119" s="3">
+      <c r="L123" s="2">
         <v>46235</v>
       </c>
-      <c r="M119" s="1" t="s">
-[...23 lines deleted...]
-      <c r="F120" s="1" t="s">
+      <c r="M123" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N123" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="124" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A124" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F124" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G120" s="1" t="s">
-[...11 lines deleted...]
-      <c r="K120" s="3">
+      <c r="G124" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="K124" s="2">
         <v>45863</v>
       </c>
-      <c r="L120" s="3">
+      <c r="L124" s="2">
         <v>46235</v>
       </c>
-      <c r="M120" s="1" t="s">
-[...23 lines deleted...]
-      <c r="F121" s="1" t="s">
+      <c r="M124" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N124" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="125" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A125" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F125" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G121" s="1" t="s">
-[...11 lines deleted...]
-      <c r="K121" s="3">
+      <c r="G125" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="K125" s="2">
         <v>45863</v>
       </c>
-      <c r="L121" s="3">
+      <c r="L125" s="2">
         <v>46235</v>
       </c>
-      <c r="M121" s="1" t="s">
-[...23 lines deleted...]
-      <c r="F122" s="1" t="s">
+      <c r="M125" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N125" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="126" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A126" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F126" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G122" s="1" t="s">
-[...11 lines deleted...]
-      <c r="K122" s="3">
+      <c r="G126" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="K126" s="2">
         <v>45863</v>
       </c>
-      <c r="L122" s="3">
+      <c r="L126" s="2">
         <v>46235</v>
       </c>
-      <c r="M122" s="1" t="s">
-[...17 lines deleted...]
-      <c r="D123" s="4" t="s">
+      <c r="M126" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N126" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="127" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A127" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D127" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="E123" s="4" t="s">
+      <c r="E127" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F123" s="4" t="s">
+      <c r="F127" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G123" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K123" s="11">
+      <c r="G127" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I127" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J127" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="K127" s="7">
         <v>45992</v>
       </c>
-      <c r="L123" s="11">
+      <c r="L127" s="7">
         <v>46357</v>
       </c>
-      <c r="M123" s="4" t="s">
-[...187 lines deleted...]
-    <row r="128" spans="1:15" x14ac:dyDescent="0.45">
+      <c r="M127" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N127" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="128" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A128" s="1" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>55</v>
+        <v>255</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>714</v>
-[...1 lines deleted...]
-      <c r="K128" s="3">
+        <v>735</v>
+      </c>
+      <c r="K128" s="2">
+        <v>45915</v>
+      </c>
+      <c r="L128" s="2">
+        <v>46204</v>
+      </c>
+      <c r="M128" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N128" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A129" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H129" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I129" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J129" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="K129" s="7">
+        <v>45945</v>
+      </c>
+      <c r="L129" s="7">
+        <v>46296</v>
+      </c>
+      <c r="M129" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N129" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A130" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G130" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H130" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I130" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J130" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="K130" s="7">
+        <v>46007</v>
+      </c>
+      <c r="L130" s="7">
+        <v>46357</v>
+      </c>
+      <c r="M130" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N130" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A131" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G131" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H131" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I131" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J131" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="K131" s="7">
+        <v>45945</v>
+      </c>
+      <c r="L131" s="7">
+        <v>46296</v>
+      </c>
+      <c r="M131" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N131" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A132" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G132" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I132" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J132" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="K132" s="7">
+        <v>45945</v>
+      </c>
+      <c r="L132" s="7">
+        <v>46296</v>
+      </c>
+      <c r="M132" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N132" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A133" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J133" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="K133" s="2">
         <v>45863</v>
       </c>
-      <c r="L128" s="3">
+      <c r="L133" s="2">
         <v>46296</v>
       </c>
-      <c r="M128" s="1" t="s">
-[...23 lines deleted...]
-      <c r="F129" s="4" t="s">
+      <c r="M133" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="N133" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="134" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A134" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="F134" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G129" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K129" s="11">
+      <c r="G134" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I134" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J134" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="K134" s="7">
         <v>45945</v>
       </c>
-      <c r="L129" s="11">
+      <c r="L134" s="7">
         <v>46296</v>
       </c>
-      <c r="M129" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F130" s="4" t="s">
+      <c r="M134" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N134" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A135" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="F135" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G130" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K130" s="11">
+      <c r="G135" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H135" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I135" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J135" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="K135" s="7">
         <v>45953</v>
       </c>
-      <c r="L130" s="11">
+      <c r="L135" s="7">
         <v>46327</v>
       </c>
-      <c r="M130" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F131" s="4" t="s">
+      <c r="M135" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N135" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A136" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="F136" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G131" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K131" s="11">
+      <c r="G136" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I136" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J136" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="K136" s="7">
         <v>45953</v>
       </c>
-      <c r="L131" s="11">
+      <c r="L136" s="7">
         <v>46327</v>
       </c>
-      <c r="M131" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F132" s="4" t="s">
+      <c r="M136" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N136" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A137" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F137" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G132" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K132" s="11">
+      <c r="G137" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H137" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I137" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J137" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="K137" s="7">
         <v>45943</v>
       </c>
-      <c r="L132" s="11">
+      <c r="L137" s="7">
         <v>46357</v>
       </c>
-      <c r="M132" s="4" t="s">
-[...17 lines deleted...]
-      <c r="D133" s="4" t="s">
+      <c r="M137" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N137" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A138" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="D138" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="E133" s="4" t="s">
+      <c r="E138" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F133" s="4" t="s">
+      <c r="F138" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G133" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K133" s="11">
+      <c r="G138" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H138" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I138" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J138" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="K138" s="7">
         <v>45974</v>
       </c>
-      <c r="L133" s="11">
+      <c r="L138" s="7">
         <v>46327</v>
       </c>
-      <c r="M133" s="4" t="s">
-[...17 lines deleted...]
-      <c r="D134" s="4" t="s">
+      <c r="M138" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N138" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O138" s="5"/>
+    </row>
+    <row r="139" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A139" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="D139" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E134" s="4" t="s">
+      <c r="E139" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F134" s="4" t="s">
+      <c r="F139" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G134" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K134" s="11">
+      <c r="G139" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H139" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I139" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J139" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="K139" s="7">
         <v>45985</v>
       </c>
-      <c r="L134" s="11">
+      <c r="L139" s="7">
         <v>46357</v>
       </c>
-      <c r="M134" s="4" t="s">
-[...17 lines deleted...]
-      <c r="D135" s="4" t="s">
+      <c r="M139" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N139" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O139" s="5"/>
+    </row>
+    <row r="140" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A140" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="D140" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="E135" s="4" t="s">
+      <c r="E140" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F135" s="4" t="s">
+      <c r="F140" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G135" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K135" s="11">
+      <c r="G140" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I140" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J140" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="K140" s="7">
         <v>45985</v>
       </c>
-      <c r="L135" s="11">
+      <c r="L140" s="7">
         <v>46357</v>
       </c>
-      <c r="M135" s="4" t="s">
-[...20 lines deleted...]
-      <c r="E136" s="4" t="s">
+      <c r="M140" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N140" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O140" s="5"/>
+    </row>
+    <row r="141" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A141" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="E141" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F136" s="4" t="s">
+      <c r="F141" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G136" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K136" s="11">
+      <c r="G141" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H141" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I141" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J141" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="K141" s="7">
         <v>45945</v>
       </c>
-      <c r="L136" s="11">
+      <c r="L141" s="7">
         <v>46357</v>
       </c>
-      <c r="M136" s="4" t="s">
-[...20 lines deleted...]
-      <c r="E137" s="4" t="s">
+      <c r="M141" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N141" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O141" s="5"/>
+    </row>
+    <row r="142" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A142" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="E142" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F137" s="4" t="s">
+      <c r="F142" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G137" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K137" s="11">
+      <c r="G142" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I142" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J142" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="K142" s="7">
         <v>45954</v>
       </c>
-      <c r="L137" s="11">
+      <c r="L142" s="7">
         <v>46357</v>
       </c>
-      <c r="M137" s="4" t="s">
-[...20 lines deleted...]
-      <c r="E138" s="4" t="s">
+      <c r="M142" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N142" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O142" s="5"/>
+    </row>
+    <row r="143" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A143" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="E143" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="F138" s="4" t="s">
+      <c r="F143" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G138" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K138" s="11">
+      <c r="G143" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H143" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I143" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J143" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="K143" s="7">
+        <v>46010</v>
+      </c>
+      <c r="L143" s="7">
+        <v>46357</v>
+      </c>
+      <c r="M143" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="N143" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O143" s="5"/>
+    </row>
+    <row r="144" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A144" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G144" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H144" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I144" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J144" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="K144" s="7">
         <v>45943</v>
       </c>
-      <c r="L138" s="11">
+      <c r="L144" s="7">
         <v>46357</v>
       </c>
-      <c r="M138" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F139" s="4" t="s">
+      <c r="M144" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N144" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O144" s="5"/>
+    </row>
+    <row r="145" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A145" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="F145" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G139" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K139" s="11">
+      <c r="G145" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H145" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I145" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J145" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="K145" s="7">
         <v>45953</v>
       </c>
-      <c r="L139" s="11">
+      <c r="L145" s="7">
         <v>46387</v>
       </c>
-      <c r="M139" s="4" t="s">
-[...23 lines deleted...]
-      <c r="F140" s="4" t="s">
+      <c r="M145" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N145" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O145" s="5"/>
+    </row>
+    <row r="146" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A146" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F146" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G140" s="4" t="s">
-[...11 lines deleted...]
-      <c r="K140" s="11">
+      <c r="G146" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H146" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I146" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J146" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="K146" s="7">
         <v>45993</v>
       </c>
-      <c r="L140" s="11">
+      <c r="L146" s="7">
         <v>46387</v>
       </c>
-      <c r="M140" s="4" t="s">
-[...5 lines deleted...]
-      <c r="O140" s="2"/>
+      <c r="M146" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N146" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O146" s="5"/>
+    </row>
+    <row r="147" spans="1:15" s="3" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A147" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G147" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I147" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J147" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="K147" s="7">
+        <v>46010</v>
+      </c>
+      <c r="L147" s="7">
+        <v>46387</v>
+      </c>
+      <c r="M147" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N147" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O147" s="5"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N140">
-    <sortCondition ref="A1:A140"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N147">
+    <sortCondition ref="A16:A147"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Adam Maxwell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>